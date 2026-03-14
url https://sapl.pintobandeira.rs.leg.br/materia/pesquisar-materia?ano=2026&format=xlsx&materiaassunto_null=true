--- v0 (2026-01-24)
+++ v1 (2026-03-14)
@@ -10,143 +10,250 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="60">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1044</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1044/001_-_indicacao_sinalizacao_28.pdf</t>
+  </si>
+  <si>
+    <t>Indica que o Poder Executivo Municipal realize gestões junto à Secretaria de_x000D_
+Logística e Transportes do Estado do Rio Grande do Sul e demais órgãos competentes,_x000D_
+buscando a resolução da questão da sinalização viária nas proximidades da Escola_x000D_
+Municipal Barão de Mauá, localizada na Comunidade São Pedro, Linha 28, neste_x000D_
+município.</t>
+  </si>
+  <si>
+    <t>1045</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1045/002_-_indicacao__fechamento_do_parquinho.pdf</t>
+  </si>
+  <si>
+    <t>Indica que o Poder Executivo Municipal avalie a possibilidade de realizar o_x000D_
+fechamento do parquinho infantil localizado na praça central do Município durante o_x000D_
+período noturno, como forma de preservar o espaço e garantir melhores condições de_x000D_
+uso à comunidade.</t>
+  </si>
+  <si>
+    <t>1046</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1046/01-_projeto_e_decreto_legislativo_aprovacao_de_contas_2023.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe a apreciação das Contas do Gestor_x000D_
+Municipal de Pinto Bandeira, relativas ao_x000D_
+exercício financeiro de 2023</t>
+  </si>
+  <si>
     <t>1038</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1038/projeto_ll_001-2026.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1038/projeto_ll_001-2026.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 671, DE 26 DE MAIO DE 2025 QUE DISPÕE SOBRE O QUADRO DE PESSOAL DE SERVIDORES DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>2</t>
-[...5 lines deleted...]
-    <t>ALTERA ARTIGO 158 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE VEREADORES DE PINTO BANDEIRA</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1039/projeto_ll_002-2026.pdf</t>
+  </si>
+  <si>
+    <t>não há</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>PLEXE</t>
   </si>
   <si>
     <t>Projeto de Lei (origem Executivo)</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1035/projeto_de_lei_01-2026.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1035/projeto_de_lei_01-2026.pdf</t>
   </si>
   <si>
     <t>Estabelece o índice para a revisão geral anual dos vencimentos dos servidores do Município e dos subsídios do Prefeito, Vice-Prefeito, Vereadores e Secretário.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1036/projeto_de_lei_02-2026.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1036/projeto_de_lei_02-2026.pdf</t>
   </si>
   <si>
     <t>Dá nova redação a dispositivos da Lei Municipal nº 396, de 23 de agosto de 2019, que dispõe sobre a concessão de vales refeição aos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1037/projeto_de_lei_03-2026.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1037/projeto_de_lei_03-2026.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público.</t>
+  </si>
+  <si>
+    <t>1040</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1040/projeto_de_lei_04-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a_x000D_
+efetuar a prorrogação de Contrato_x000D_
+Administrativo de Serviço Temporário de_x000D_
+Excepcional Interesse Público, em razão de_x000D_
+gravidez.</t>
+  </si>
+  <si>
+    <t>1041</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1041/projeto_de_lei_05-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a contratação por tempo_x000D_
+determinado para atender a necessidade_x000D_
+temporária de excepcional interesse público.</t>
+  </si>
+  <si>
+    <t>1042</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1042/projeto_de_lei_06-2026.pdf</t>
+  </si>
+  <si>
+    <t>Concede desconto no pagamento de IPTU para o_x000D_
+exercício 2026 e dispõe sobre o parcelamento do_x000D_
+pagamento.</t>
+  </si>
+  <si>
+    <t>1043</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1043/projeto_de_lei_07-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Anexo III e inclui parágrafo único no art._x000D_
+59 da Lei Municipal nº 71, de 30 de outubro de_x000D_
+2013, que institui o Código Tributário do Município_x000D_
+de Pinto Bandeira, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -450,67 +557,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1038/projeto_ll_001-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1039/projeto_ll_002-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1035/projeto_de_lei_01-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1036/projeto_de_lei_02-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1037/projeto_de_lei_03-2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1044/001_-_indicacao_sinalizacao_28.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1045/002_-_indicacao__fechamento_do_parquinho.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1046/01-_projeto_e_decreto_legislativo_aprovacao_de_contas_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1038/projeto_ll_001-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1039/projeto_ll_002-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1035/projeto_de_lei_01-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1036/projeto_de_lei_02-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1037/projeto_de_lei_03-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1040/projeto_de_lei_04-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1041/projeto_de_lei_05-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1042/projeto_de_lei_06-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2026/1043/projeto_de_lei_07-2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="135" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="161.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -573,95 +680,263 @@
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H4" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>24</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E5" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
-        <v>30</v>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H10" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H11" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H13" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>