--- v0 (2025-10-23)
+++ v1 (2026-01-24)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="470" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="589" uniqueCount="314">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -225,50 +225,65 @@
 INFANTIL.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/988/indicacao_12_2025_projeto_turistico.pdf</t>
   </si>
   <si>
     <t>“ SOLICITA AO PODER EXECUTIVO PARA A REALIZAÇÃO DE PROJETO EM PROL DA PAVIMENTAÇÃO ASFALTICA DIRECIONADA AO TURISTICO LOCAL NO MUNICÍPIO NA SECRETARIA DIRECIONADO À SECRETARIA ESTADUAL DE TURISMO."</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/992/indicacao_13_2025_alargamento_estrada_sao_gabriel.pdf</t>
   </si>
   <si>
     <t>"Solicita ao Poder Executivo, por meio da Secretaria de Obras, Saneamento e Trânsito alargamento da Estrada São Gabriel."</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1034/indicacao_14_2025_devolucao_de_recursos_25-1_1.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO POR MEIO_x000D_
+DA SECRETARIA MUNICIPAL DE_x000D_
+ADMINISTRAÇÃO INVESTIMENTOS NO_x000D_
+PERÍMETRO URBANO.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/978/mocao_01_2025__apoio_projeto_599_23_crvl.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO PROJETO DE LEI_x000D_
 N.º 599/2023, DE AUTORIA DO_x000D_
 DEPUTADO ESTADUAL RODRIGO_x000D_
 LORENZONI, COM OBJETO DE_x000D_
 PROPOR A ALTERAÇÃO DA LEI Nº_x000D_
 8.109, DE 19 DE DEZEMBRO DE 1985,_x000D_
 VISANDO EXTINGUIR A TAXA DE_x000D_
 EXPEDIÇÃO DO CERTIFICADO DE_x000D_
 REGISTRO E LICENCIAMENTO DE_x000D_
 VEÍCULO (CRLV)</t>
   </si>
@@ -280,50 +295,64 @@
   </si>
   <si>
     <t>MOÇÃO DE APOIO PROJETO DE LEI_x000D_
 N.º 761/2025, QUE "ALTERA O ARTIGO_x000D_
 14-A DA LEI Nº 5.889, DE 8 DE JUNHO_x000D_
 DE 1973, QUE ESTATUI NORMAS_x000D_
 REGULADORAS DO TRABALHO_x000D_
 RURAL, COM O OBJETIVO DE_x000D_
 FACILITAR A CONTRATAÇÃO_x000D_
 TEMPORÁRIA DE TRABALHADORES_x000D_
 RURAIS".</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/998/mocao_03_2025__apoio_universidade_serra_gaucha.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO PARA A_x000D_
 IMPLANTAÇÃO DE UM CAMPUS DA_x000D_
 UFRGS NO MUNICÍPIO DE CAXIAS DO_x000D_
 SUL/RS.</t>
   </si>
   <si>
+    <t>1025</t>
+  </si>
+  <si>
+    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1025/mocao_05_2025__pl_mei.pdf</t>
+  </si>
+  <si>
+    <t>Moção de apoio ao Projeto de Lei_x000D_
+Complementar nº 67/2025, que eleva o limite_x000D_
+de receita bruta anual para enquadramento_x000D_
+do Microempreendedor Individual (MEI) e_x000D_
+estabelece mecanismo de reajuste_x000D_
+automático.</t>
+  </si>
+  <si>
     <t>1008</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1008/03-_decreto_legislativo_2015_.pdf</t>
   </si>
   <si>
     <t>Dispõe a apreciação das Contas do Gestor Municipal de Pinto Bandeira, relativas ao exercício financeiro de 2015.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1009/04-_decreto_legislativo_2016.pdf</t>
   </si>
   <si>
     <t>Dispõe a apreciação das Contas do Gestor Municipal de Pinto Bandeira, relativas ao exercício financeiro de 2016.</t>
   </si>
   <si>
     <t>1010</t>
@@ -508,53 +537,50 @@
     <t>966</t>
   </si>
   <si>
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/966/projeto_de_lei_11-2025.pdf</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/972/projeto_de_lei_12-2025.pdf</t>
   </si>
   <si>
     <t>"Concede desconto no pagamento do IPTU para o ano de 2025 e dispõe sobre o parcelamento do pagamento."</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_13-2025.pdf</t>
   </si>
   <si>
     <t>" Altera o anexo III, da Lei Municipal 71 de 30 de outubro de 201, que institui o Código Tributário do Município de Pinto Bandeira."</t>
   </si>
   <si>
     <t>975</t>
-  </si>
-[...1 lines deleted...]
-    <t>14</t>
   </si>
   <si>
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/975/projeto_de_lei_14-2025.pdf</t>
   </si>
   <si>
     <t>" Autoriza o Poder Executivo Municipal a abrir crédito suplementar no orçamento do município."</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/976/projeto_de_lei_15-2025.pdf</t>
   </si>
   <si>
     <t>"autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público."</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>16</t>
   </si>
@@ -681,50 +707,65 @@
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/995/projeto_de_lei_26-_2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 435, de 30 de abril_x000D_
 de 2020 que dispõe sobre o Sistema de_x000D_
 Controle Interno do Município de Pinto_x000D_
 Bandeira.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/997/projeto_de_lei_27-_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pinto Bandeira a_x000D_
 filiar-se, na qualidade de associado_x000D_
 fundador, à futura Associação Rota dos_x000D_
 Capitéis Caminhos da Imigração e Fé, e_x000D_
 dá outras providências.</t>
   </si>
   <si>
+    <t>1018</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1018/projeto_de_lei_28-_2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 71, de 30 de outubro_x000D_
+de 2013 que instituiu o Código Tributário do_x000D_
+Município de Pinto Bandeira e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
     <t>999</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/999/projeto_de_lei_29-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo determinado_x000D_
 para atender a necessidade temporária de_x000D_
 excepcional interesse público.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1000/projeto_de_lei_30-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar conta e abrir_x000D_
 crédito especial no orçamento do Município.</t>
@@ -811,50 +852,237 @@
     <t>Altera a Lei Municipal nº 196, de 25 de janeiro de 2017, que dispõe sobre indenizações de diárias ao Prefeito, Vice-Prefeito, Secretários Municipais,  secretários Adjuntos, Procuradoria-Geral do Município e demais servidores do Município de Pinto Bandeira.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1012/projeto_de_lei_38-2025.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Município de Pinto Bandeira a receber em doação imóvel urbano e dá outras providências”</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1013/projeto_de_lei_39-2025.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei Municipal n° 678, de 10 de setembro de 2025, que autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público.”</t>
+  </si>
+  <si>
+    <t>1019</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1019/projeto_de_lei_40_-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 118, de 20 de agosto_x000D_
+de 2014, que institui o estatuto dos servidores_x000D_
+municipais de Pinto Bandeira.</t>
+  </si>
+  <si>
+    <t>1020</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1020/projeto_de_lei_41-2025.pdf</t>
+  </si>
+  <si>
+    <t>1021</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1021/projeto_de_lei_42-2025.pdf</t>
+  </si>
+  <si>
+    <t>Estima a receita e fixa a despesa_x000D_
+do Município de Pinto Bandeira_x000D_
+para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
+    <t>1022</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1022/projeto_de_lei_43-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a realizar_x000D_
+Protocolo de Intercâmbio - "Tratado de_x000D_
+Cidades Irmãs – Gemellaggio", com а_x000D_
+cidade de Zevio, Provincia di Verona, Itália_x000D_
+e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1023</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1023/projeto_de_lei_44-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Município de Pinto Bandeira a_x000D_
+receber em doação a nua-propriedade de_x000D_
+imóvel rural e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1024</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1024/projeto_de_lei_45-2025.pdf</t>
+  </si>
+  <si>
+    <t>1026</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1026/projeto_de_lei_46-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a firmar Termo de_x000D_
+Cooperação com o Município de_x000D_
+Farroupilha/RS, a fim de viabilizar atendimento_x000D_
+médico ambulatorial e hospital - média_x000D_
+complexidade, aos usuários do Sistema Único_x000D_
+de Saúde - SUS, residentes no Município de_x000D_
+Pinto Bandeira, criar conta e abrir crédito_x000D_
+especial no orçamento do Município.</t>
+  </si>
+  <si>
+    <t>1027</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1027/projeto_de_lei_47-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a firmar Termo de_x000D_
+Cooperação com o Município de_x000D_
+Farroupilha/RS, a fim de viabilizar atendimento_x000D_
+médico-hospitalar de alta complexidade, na_x000D_
+especialidade de traumatologia e ortopedia,_x000D_
+aos usuários do Sistema Único de Saúde -_x000D_
+SUS, residentes no Município de Pinto_x000D_
+Bandeira, criar conta e abrir crédito especial_x000D_
+no orçamento do Município.</t>
+  </si>
+  <si>
+    <t>1028</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1028/projeto_de_lei_48-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 15, de 4 de janeiro_x000D_
+de 2013, que dispõe sobre os feriados_x000D_
+municipais do Município de Pinto Bandeira</t>
+  </si>
+  <si>
+    <t>1029</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1029/projeto_de_lei_49-2025.pdf</t>
+  </si>
+  <si>
+    <t>“Disciplina a instituição de Pontos Facultativos no Município de Pinto Bandeira, RS.”</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1030/projeto_de_lei_50-2025.pdf</t>
+  </si>
+  <si>
+    <t>Aprova o calendário de eventos para o ano de_x000D_
+2026 do Município e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1031/projeto_de_lei_51-2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui o concurso para escolha da Rainha e Princesas do Município de Pinto Bandeira/RS.</t>
+  </si>
+  <si>
+    <t>1032</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1032/mensagem_retificativa_1_pl_52-2025.pdf</t>
+  </si>
+  <si>
+    <t>Aprova o Plano Municipal de Cultura 2025- 2035 do Município de Pinto Bandeira e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1033</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1033/projeto_de_lei_53-2025.pdf</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/952/resolucao_01_2025__altera_art_9_regimento_interno.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ALTERAÇÃO DO ARTIGO 9º DO REGIMENTO INTERNO COM O ESCOPO DE SUSPENDER O RECESSO PARLMENTAR OCORRIDO NO MÊS DE FEVEREIRO NO PRIMEIRO ANO DE LEGISLATURA”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1173,56 +1401,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/953/indicacao_01_2025_aquisicao_van_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/962/indicacao_02_2025_alargamento_linha_clementina_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/967/indicacao_04_2025_alargamento_estradas_linha_sobra.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/968/indicacao_05_2025_conservacao_rua_sabina_italia_anotniazzi.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/969/indicacao_06_2025_conservacao_rua_travessa_cristoforo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/970/indicacao_07_2025_castracao_veterinaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/971/indicacao_08_2025_pavimentacao_ruas_centrais.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/974/indicacao_09_2025_comercializacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_11_2025_manutencao_parque_infantil.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/988/indicacao_12_2025_projeto_turistico.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/992/indicacao_13_2025_alargamento_estrada_sao_gabriel.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/978/mocao_01_2025__apoio_projeto_599_23_crvl.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/979/mocao_02_2025__apoio_pl_761_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/998/mocao_03_2025__apoio_universidade_serra_gaucha.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1008/03-_decreto_legislativo_2015_.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1009/04-_decreto_legislativo_2016.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1010/05-_decreto_legislativo_2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1011/06-_decreto_legislativo_2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1014/projeto_de_decreto_legislativo_07_2025_tce_2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1015/projeto_de_decreto_legislativo_08_2025_tce_2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_decreto_legislativo_10_2025_tce_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/989/projeto_de_lei_01-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/990/projeto_de_lei_02_2025_origem_legislativa_suplementacao_orcamentaria_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/996/projeto_de_lei_03_2025_origem_legislativa_suplementacao_orcamentaria_diarias.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/954/projeto_1-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/955/projeto_de_lei_2-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/956/projeto_de_lei_3-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/957/projeto_de_lei_4-2025_.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/958/proejto_de_lei_5-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/959/projeto_de_lei_6-2025_.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_de_lei_7-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_lei_8-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/964/projeto_de_lei_09-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/965/projeto_de_lei_10-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/966/projeto_de_lei_11-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/972/projeto_de_lei_12-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_13-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/975/projeto_de_lei_14-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/976/projeto_de_lei_15-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_lei_16-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_lei_17-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_18-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/984/projeto_de_lei_19-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/985/projeto_de_lei_20-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/986/projeto_de_lei_21-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/987/projeto_de_lei_21-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/991/projeto_de_lei_23-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/993/projeto_de_lei_24-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/994/projeto_de_lei_25-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/995/projeto_de_lei_26-_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/997/projeto_de_lei_27-_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/999/projeto_de_lei_29-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1000/projeto_de_lei_30-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1001/projeto_de_lei_31-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1003/projeto_de_lei_33-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1004/projeto_de_lei_34-_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1005/projeto_de_lei_35-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1006/projeto_de_lei_36-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1007/projeto_de_lei_37-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1012/projeto_de_lei_38-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1013/projeto_de_lei_39-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/952/resolucao_01_2025__altera_art_9_regimento_interno.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/953/indicacao_01_2025_aquisicao_van_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/962/indicacao_02_2025_alargamento_linha_clementina_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/967/indicacao_04_2025_alargamento_estradas_linha_sobra.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/968/indicacao_05_2025_conservacao_rua_sabina_italia_anotniazzi.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/969/indicacao_06_2025_conservacao_rua_travessa_cristoforo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/970/indicacao_07_2025_castracao_veterinaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/971/indicacao_08_2025_pavimentacao_ruas_centrais.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/974/indicacao_09_2025_comercializacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_11_2025_manutencao_parque_infantil.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/988/indicacao_12_2025_projeto_turistico.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/992/indicacao_13_2025_alargamento_estrada_sao_gabriel.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1034/indicacao_14_2025_devolucao_de_recursos_25-1_1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/978/mocao_01_2025__apoio_projeto_599_23_crvl.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/979/mocao_02_2025__apoio_pl_761_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/998/mocao_03_2025__apoio_universidade_serra_gaucha.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1025/mocao_05_2025__pl_mei.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1008/03-_decreto_legislativo_2015_.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1009/04-_decreto_legislativo_2016.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1010/05-_decreto_legislativo_2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1011/06-_decreto_legislativo_2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1014/projeto_de_decreto_legislativo_07_2025_tce_2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1015/projeto_de_decreto_legislativo_08_2025_tce_2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_decreto_legislativo_10_2025_tce_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/989/projeto_de_lei_01-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/990/projeto_de_lei_02_2025_origem_legislativa_suplementacao_orcamentaria_1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/996/projeto_de_lei_03_2025_origem_legislativa_suplementacao_orcamentaria_diarias.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/954/projeto_1-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/955/projeto_de_lei_2-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/956/projeto_de_lei_3-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/957/projeto_de_lei_4-2025_.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/958/proejto_de_lei_5-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/959/projeto_de_lei_6-2025_.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_de_lei_7-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_lei_8-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/964/projeto_de_lei_09-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/965/projeto_de_lei_10-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/966/projeto_de_lei_11-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/972/projeto_de_lei_12-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_13-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/975/projeto_de_lei_14-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/976/projeto_de_lei_15-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_lei_16-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_lei_17-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_18-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/984/projeto_de_lei_19-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/985/projeto_de_lei_20-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/986/projeto_de_lei_21-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/987/projeto_de_lei_21-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/991/projeto_de_lei_23-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/993/projeto_de_lei_24-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/994/projeto_de_lei_25-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/995/projeto_de_lei_26-_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/997/projeto_de_lei_27-_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1018/projeto_de_lei_28-_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/999/projeto_de_lei_29-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1000/projeto_de_lei_30-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1001/projeto_de_lei_31-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1003/projeto_de_lei_33-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1004/projeto_de_lei_34-_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1005/projeto_de_lei_35-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1006/projeto_de_lei_36-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1007/projeto_de_lei_37-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1012/projeto_de_lei_38-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1013/projeto_de_lei_39-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1019/projeto_de_lei_40_-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1020/projeto_de_lei_41-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1021/projeto_de_lei_42-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1022/projeto_de_lei_43-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1023/projeto_de_lei_44-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1024/projeto_de_lei_45-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1026/projeto_de_lei_46-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1027/projeto_de_lei_47-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1028/projeto_de_lei_48-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1029/projeto_de_lei_49-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1030/projeto_de_lei_50-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1031/projeto_de_lei_51-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1032/mensagem_retificativa_1_pl_52-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/1033/projeto_de_lei_53-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2025/952/resolucao_01_2025__altera_art_9_regimento_interno.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H67"/>
+  <dimension ref="A1:H84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="152" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="240.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -1526,1259 +1754,1650 @@
       </c>
       <c r="C14" t="s">
         <v>59</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="H14" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>62</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="D15" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="G15" s="1" t="s">
+      <c r="H15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
         <v>67</v>
       </c>
-      <c r="B16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D17" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E17" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="E18" t="s">
+        <v>68</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="G18" s="1" t="s">
+      <c r="H18" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>24</v>
       </c>
       <c r="D19" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="E19" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="G19" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H19" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>80</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
         <v>81</v>
       </c>
-      <c r="B20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H20" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="D21" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="E21" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H21" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D22" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="E22" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H22" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="E23" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H23" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="D24" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="E24" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
       <c r="H24" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D25" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="E25" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H25" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="D26" t="s">
-        <v>99</v>
+        <v>81</v>
       </c>
       <c r="E26" t="s">
-        <v>100</v>
+        <v>82</v>
       </c>
       <c r="G26" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H26" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>102</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>48</v>
+      </c>
+      <c r="D27" t="s">
+        <v>81</v>
+      </c>
+      <c r="E27" t="s">
+        <v>82</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="B27" t="s">
-[...11 lines deleted...]
-      <c r="G27" s="1" t="s">
+      <c r="H27" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>105</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>10</v>
+      </c>
+      <c r="D28" t="s">
         <v>106</v>
       </c>
-      <c r="B28" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E28" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H28" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D29" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="E29" t="s">
+        <v>107</v>
+      </c>
+      <c r="G29" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="G29" s="1" t="s">
+      <c r="H29" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>113</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>106</v>
+      </c>
+      <c r="E30" t="s">
+        <v>107</v>
+      </c>
+      <c r="G30" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="B30" t="s">
-[...11 lines deleted...]
-      <c r="G30" s="1" t="s">
+      <c r="H30" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="E31" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H31" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="D32" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="E32" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H32" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D33" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="E33" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H33" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="D34" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="E34" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H34" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D35" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="E35" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H35" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D36" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="E36" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H36" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="D37" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="E37" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="H37" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D38" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="E38" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H38" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="D39" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="E39" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="H39" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="D40" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="E40" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="H40" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="D41" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="E41" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="H41" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>149</v>
+        <v>55</v>
       </c>
       <c r="D42" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="E42" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>150</v>
       </c>
       <c r="H42" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>152</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
+        <v>59</v>
+      </c>
+      <c r="D43" t="s">
+        <v>117</v>
+      </c>
+      <c r="E43" t="s">
+        <v>118</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D43" t="s">
-[...5 lines deleted...]
-      <c r="G43" s="1" t="s">
+      <c r="H43" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>155</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>63</v>
+      </c>
+      <c r="D44" t="s">
+        <v>117</v>
+      </c>
+      <c r="E44" t="s">
+        <v>118</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B44" t="s">
-[...2 lines deleted...]
-      <c r="C44" t="s">
+      <c r="H44" t="s">
         <v>157</v>
-      </c>
-[...10 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>158</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>159</v>
+      </c>
+      <c r="D45" t="s">
+        <v>117</v>
+      </c>
+      <c r="E45" t="s">
+        <v>118</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="B45" t="s">
-[...2 lines deleted...]
-      <c r="C45" t="s">
+      <c r="H45" t="s">
         <v>161</v>
-      </c>
-[...10 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>162</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>163</v>
+      </c>
+      <c r="D46" t="s">
+        <v>117</v>
+      </c>
+      <c r="E46" t="s">
+        <v>118</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="H46" t="s">
         <v>165</v>
-      </c>
-[...10 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>166</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>167</v>
+      </c>
+      <c r="D47" t="s">
+        <v>117</v>
+      </c>
+      <c r="E47" t="s">
+        <v>118</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="B47" t="s">
-[...2 lines deleted...]
-      <c r="C47" t="s">
+      <c r="H47" t="s">
         <v>169</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>170</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>171</v>
+      </c>
+      <c r="D48" t="s">
+        <v>117</v>
+      </c>
+      <c r="E48" t="s">
+        <v>118</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B48" t="s">
-[...2 lines deleted...]
-      <c r="C48" t="s">
+      <c r="H48" t="s">
         <v>173</v>
-      </c>
-[...10 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>174</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>175</v>
+      </c>
+      <c r="D49" t="s">
+        <v>117</v>
+      </c>
+      <c r="E49" t="s">
+        <v>118</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="B49" t="s">
-[...2 lines deleted...]
-      <c r="C49" t="s">
+      <c r="H49" t="s">
         <v>177</v>
-      </c>
-[...10 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>178</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>179</v>
+      </c>
+      <c r="D50" t="s">
+        <v>117</v>
+      </c>
+      <c r="E50" t="s">
+        <v>118</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="H50" t="s">
         <v>181</v>
-      </c>
-[...10 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>182</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>183</v>
+      </c>
+      <c r="D51" t="s">
+        <v>117</v>
+      </c>
+      <c r="E51" t="s">
+        <v>118</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="H51" t="s">
         <v>185</v>
-      </c>
-[...10 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>186</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>187</v>
+      </c>
+      <c r="D52" t="s">
+        <v>117</v>
+      </c>
+      <c r="E52" t="s">
+        <v>118</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="H52" t="s">
         <v>189</v>
-      </c>
-[...10 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>190</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
         <v>191</v>
       </c>
-      <c r="B53" t="s">
-[...2 lines deleted...]
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>117</v>
+      </c>
+      <c r="E53" t="s">
+        <v>118</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="D53" t="s">
-[...5 lines deleted...]
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>194</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
         <v>195</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>117</v>
+      </c>
+      <c r="E54" t="s">
+        <v>118</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="D54" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H54" t="s">
-        <v>198</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>197</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>198</v>
+      </c>
+      <c r="D55" t="s">
+        <v>117</v>
+      </c>
+      <c r="E55" t="s">
+        <v>118</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="H55" t="s">
         <v>200</v>
-      </c>
-[...10 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>201</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>202</v>
+      </c>
+      <c r="D56" t="s">
+        <v>117</v>
+      </c>
+      <c r="E56" t="s">
+        <v>118</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="H56" t="s">
         <v>204</v>
-      </c>
-[...10 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>205</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>206</v>
+      </c>
+      <c r="D57" t="s">
+        <v>117</v>
+      </c>
+      <c r="E57" t="s">
+        <v>118</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="H57" t="s">
         <v>208</v>
-      </c>
-[...10 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>209</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>210</v>
+      </c>
+      <c r="D58" t="s">
+        <v>117</v>
+      </c>
+      <c r="E58" t="s">
+        <v>118</v>
+      </c>
+      <c r="G58" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="H58" t="s">
         <v>212</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>213</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>214</v>
+      </c>
+      <c r="D59" t="s">
+        <v>117</v>
+      </c>
+      <c r="E59" t="s">
+        <v>118</v>
+      </c>
+      <c r="G59" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="C59" t="s">
+      <c r="H59" t="s">
         <v>216</v>
-      </c>
-[...10 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>217</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
         <v>218</v>
       </c>
-      <c r="B60" t="s">
-[...2 lines deleted...]
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>117</v>
+      </c>
+      <c r="E60" t="s">
+        <v>118</v>
+      </c>
+      <c r="G60" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="D60" t="s">
-[...5 lines deleted...]
-      <c r="G60" s="1" t="s">
+      <c r="H60" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>221</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
         <v>222</v>
       </c>
-      <c r="B61" t="s">
-[...2 lines deleted...]
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>117</v>
+      </c>
+      <c r="E61" t="s">
+        <v>118</v>
+      </c>
+      <c r="G61" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="D61" t="s">
-[...5 lines deleted...]
-      <c r="G61" s="1" t="s">
+      <c r="H61" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>225</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
         <v>226</v>
       </c>
-      <c r="B62" t="s">
-[...2 lines deleted...]
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>117</v>
+      </c>
+      <c r="E62" t="s">
+        <v>118</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H62" t="s">
         <v>227</v>
-      </c>
-[...10 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>228</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>229</v>
+      </c>
+      <c r="D63" t="s">
+        <v>117</v>
+      </c>
+      <c r="E63" t="s">
+        <v>118</v>
+      </c>
+      <c r="G63" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="B63" t="s">
-[...2 lines deleted...]
-      <c r="C63" t="s">
+      <c r="H63" t="s">
         <v>231</v>
-      </c>
-[...10 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>232</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>233</v>
+      </c>
+      <c r="D64" t="s">
+        <v>117</v>
+      </c>
+      <c r="E64" t="s">
+        <v>118</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="B64" t="s">
-[...2 lines deleted...]
-      <c r="C64" t="s">
+      <c r="H64" t="s">
         <v>235</v>
-      </c>
-[...10 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>236</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>237</v>
+      </c>
+      <c r="D65" t="s">
+        <v>117</v>
+      </c>
+      <c r="E65" t="s">
+        <v>118</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="H65" t="s">
         <v>239</v>
-      </c>
-[...10 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>240</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>241</v>
+      </c>
+      <c r="D66" t="s">
+        <v>117</v>
+      </c>
+      <c r="E66" t="s">
+        <v>118</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="B66" t="s">
-[...2 lines deleted...]
-      <c r="C66" t="s">
+      <c r="H66" t="s">
         <v>243</v>
-      </c>
-[...10 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>244</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>245</v>
+      </c>
+      <c r="D67" t="s">
+        <v>117</v>
+      </c>
+      <c r="E67" t="s">
+        <v>118</v>
+      </c>
+      <c r="G67" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="H67" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>248</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>249</v>
+      </c>
+      <c r="D68" t="s">
+        <v>117</v>
+      </c>
+      <c r="E68" t="s">
+        <v>118</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="H68" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>252</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>253</v>
+      </c>
+      <c r="D69" t="s">
+        <v>117</v>
+      </c>
+      <c r="E69" t="s">
+        <v>118</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H69" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>256</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>257</v>
+      </c>
+      <c r="D70" t="s">
+        <v>117</v>
+      </c>
+      <c r="E70" t="s">
+        <v>118</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="H70" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>260</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>261</v>
+      </c>
+      <c r="D71" t="s">
+        <v>117</v>
+      </c>
+      <c r="E71" t="s">
+        <v>118</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="H71" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>263</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>264</v>
+      </c>
+      <c r="D72" t="s">
+        <v>117</v>
+      </c>
+      <c r="E72" t="s">
+        <v>118</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H72" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>267</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>268</v>
+      </c>
+      <c r="D73" t="s">
+        <v>117</v>
+      </c>
+      <c r="E73" t="s">
+        <v>118</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H73" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>271</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>272</v>
+      </c>
+      <c r="D74" t="s">
+        <v>117</v>
+      </c>
+      <c r="E74" t="s">
+        <v>118</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H74" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>275</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>276</v>
+      </c>
+      <c r="D75" t="s">
+        <v>117</v>
+      </c>
+      <c r="E75" t="s">
+        <v>118</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H75" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>278</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>279</v>
+      </c>
+      <c r="D76" t="s">
+        <v>117</v>
+      </c>
+      <c r="E76" t="s">
+        <v>118</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H76" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>282</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>283</v>
+      </c>
+      <c r="D77" t="s">
+        <v>117</v>
+      </c>
+      <c r="E77" t="s">
+        <v>118</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H77" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>286</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>287</v>
+      </c>
+      <c r="D78" t="s">
+        <v>117</v>
+      </c>
+      <c r="E78" t="s">
+        <v>118</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H78" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>290</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>291</v>
+      </c>
+      <c r="D79" t="s">
+        <v>117</v>
+      </c>
+      <c r="E79" t="s">
+        <v>118</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="H79" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>294</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>295</v>
+      </c>
+      <c r="D80" t="s">
+        <v>117</v>
+      </c>
+      <c r="E80" t="s">
+        <v>118</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="H80" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>298</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>299</v>
+      </c>
+      <c r="D81" t="s">
+        <v>117</v>
+      </c>
+      <c r="E81" t="s">
+        <v>118</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H81" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>302</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>303</v>
+      </c>
+      <c r="D82" t="s">
+        <v>117</v>
+      </c>
+      <c r="E82" t="s">
+        <v>118</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="H82" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>306</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>307</v>
+      </c>
+      <c r="D83" t="s">
+        <v>117</v>
+      </c>
+      <c r="E83" t="s">
+        <v>118</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="H83" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>309</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
         <v>10</v>
       </c>
-      <c r="D67" t="s">
-[...9 lines deleted...]
-        <v>250</v>
+      <c r="D84" t="s">
+        <v>310</v>
+      </c>
+      <c r="E84" t="s">
+        <v>311</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H84" t="s">
+        <v>313</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2805,50 +3424,67 @@
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
     <hyperlink ref="G53" r:id="rId52"/>
     <hyperlink ref="G54" r:id="rId53"/>
     <hyperlink ref="G55" r:id="rId54"/>
     <hyperlink ref="G56" r:id="rId55"/>
     <hyperlink ref="G57" r:id="rId56"/>
     <hyperlink ref="G58" r:id="rId57"/>
     <hyperlink ref="G59" r:id="rId58"/>
     <hyperlink ref="G60" r:id="rId59"/>
     <hyperlink ref="G61" r:id="rId60"/>
     <hyperlink ref="G62" r:id="rId61"/>
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>