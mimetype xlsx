--- v0 (2026-01-24)
+++ v1 (2026-03-14)
@@ -51,666 +51,666 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/904/indicacao_01_2024_devolucao_de_recursos_microonibus.odt</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/904/indicacao_01_2024_devolucao_de_recursos_microonibus.odt</t>
   </si>
   <si>
     <t>"SOLICITA AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO A APLICAÇÃO DE RECURSOS PROVENIENTES DA DEVOLUÇÃO DESTA CASA DE LEIS EM PROL DA AQUISIÇÃO DE UM MICRO ÔNIBUS."</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/911/indicacao_02-2024_asfaltamento_linha_santa_cruz.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/911/indicacao_02-2024_asfaltamento_linha_santa_cruz.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL DE OBRAS E_x000D_
 TRÂNSITO A PAVIMENTAÇÃO ASFÁLTICA NA_x000D_
 COMUNIDADE DA LINHA SANTA CRUZ.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/912/indicacao_03_2024_asfaltamento_travessa_isidoro_bigolin_1.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/912/indicacao_03_2024_asfaltamento_travessa_isidoro_bigolin_1.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL DE OBRAS E_x000D_
 TRÂNSITO A PAVIMENTAÇÃO ASFÁLTICA DA_x000D_
 TRAVESSA ISIDORO BIGOLIN DEL RECHIN.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/913/indicacao_04_2024_asfaltamento_linha_silva_pinto_norte.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/913/indicacao_04_2024_asfaltamento_linha_silva_pinto_norte.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL DE OBRAS E_x000D_
 TRÂNSITO A PAVIMENTAÇÃO ASFÁLTICA DA_x000D_
 ESTRADA LINHA SILVA PINTO NORTE</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/915/indicacao_05_2024_manutencao_parquinho.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/915/indicacao_05_2024_manutencao_parquinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A_x000D_
 MANUTENÇÃO DO PARQUE INFANTIL_x000D_
 CENTRAL.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/920/indicacao_06_2024_patrolamento_lot_pompeia.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/920/indicacao_06_2024_patrolamento_lot_pompeia.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL COMPETENTE O_x000D_
 PATROLAMENTO DA RUA PADRE_x000D_
 AGOSTINHO NICHETTI E ESTRADA_x000D_
 LIBERDADE.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/921/indicacao_07_2024_patrolamento_estrada_da_busa.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/921/indicacao_07_2024_patrolamento_estrada_da_busa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO POR MEIO DA SECRETARIA MUNICIPAL COMPETENTE O PATROLAMENTO E ROÇADA DA ESTRADA LINHA PALMEIRO</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/925/indicacao_08_2024_recapeamento_estrada_da_fruta.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/925/indicacao_08_2024_recapeamento_estrada_da_fruta.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E TRÂNSITO O RECAPEAMENTO DA ESTRADA DA FRUTA.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/927/indicacao_09_2024_devolucao_de_recursos_brita.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/927/indicacao_09_2024_devolucao_de_recursos_brita.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE AGRICULTURA INVESTIMENTOS NO SETOR.”</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/936/indicacao_10_2024_paradas_de_onibus_1.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/936/indicacao_10_2024_paradas_de_onibus_1.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO POR_x000D_
 MEIO DA SECRETARIA COMPETENTE A_x000D_
 INSTALAÇÃO DE PARADAS DE ÔNIBUS_x000D_
 COBERTAS EM PONTOS DE COLETA DE_x000D_
 ALUNOS.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL DE OBRAS E_x000D_
 TRÂNSITO A PAVIMENTAÇÃO ASFÁLTICA DA_x000D_
 ESTRADA LINHA SILVA PINTO.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO à diretoria da 6ª_x000D_
 Festa do Pêssego de Pinto Bandeira.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/918/mocao_-_universidade_da_serra_gaucha.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/918/mocao_-_universidade_da_serra_gaucha.pdf</t>
   </si>
   <si>
     <t>SOLICITA APOIO À IMPLANTAÇÃO DE ENSINO_x000D_
 SUPERIOR FEDERAL NA REGIÃO NORDESTE_x000D_
 DO ESTADO DO RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>PEML</t>
   </si>
   <si>
     <t>Projeto De Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/947/emenda_a_lei_organica_art_10.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/947/emenda_a_lei_organica_art_10.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O §1° E RENUMERA OS_x000D_
 PARÁGRAFOS SEGUINTES DO_x000D_
 ARTIGO 10 DA LEI ORGÂNICA_x000D_
 MUNICIPAL E DÁ OUTRAS_x000D_
 PROVIDENCIAS</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/903/projeto_de_lei_01_2024__denomina_estrada_prefeito_severino.odt</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/903/projeto_de_lei_01_2024__denomina_estrada_prefeito_severino.odt</t>
   </si>
   <si>
     <t>”DISPÕE SOBRE NOVA NOMENCLATURA DA VIA PÚBLICA MUNICIPAL ESTRADA DA ANUNCIADA PARA ESTRADA PREFEITO SEVERINO JOÃO PAVAN E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/940/projeto_02-2024_vereadores.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/940/projeto_02-2024_vereadores.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS_x000D_
 DOS VEREADORES MUNICIPAIS PARA O_x000D_
 QUADRIÊNIO DE 2025 A 2028 E DA OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/939/projeto_03-2024_legislativo_prefeiro_e_vice.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/939/projeto_03-2024_legislativo_prefeiro_e_vice.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DOS_x000D_
 SUBSÍDIOS DO PREFEITO E DO VICEPREFEITO_x000D_
 PARA O QUADRIÊNIO DE 2025_x000D_
 A 2028 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DOS_x000D_
 SUBSÍDIOS DOS SECRETÁRIOS_x000D_
 MUNICIPAIS PARA O QUADRIÊNIO DE_x000D_
 2025 A 2028 E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>PLEXE</t>
   </si>
   <si>
     <t>Projeto de Lei (origem Executivo)</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/900/projeto_01-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/900/projeto_01-2024.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a firmar Termo_x000D_
 de Cooperação com o Município de Farroupilha/RS, a fim de viabilizar atendimento médico, ambulatorial e hospitalar - Média Complexidade, aos usuários do Sistema Único de Saúde -SUS, residentes no Município de Pinto Bandeira por meio de recursos próprios, com efeitos retroativos a 01 de janeiro de 2024.”</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/901/projeto_02-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/901/projeto_02-2024.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a firmar Aditivo ao Termo de Cooperação n° 0212019 firmado com o Município de Farroupilha/RS, a fim de viabilizar atendimento médico, ambulatorial e hospitalar na Especialidade de Traumatologia e Ortopedia – Alta Complexidade, aos usuários do Sistema Único de Saúde - SUS, residentes no Município de Pinto Bandeira, com efeitos retroativos a 01 de janeiro de 2024.”</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/902/projeto_03-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/902/projeto_03-2024.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a firmar Aditivo ao Termo de Cooperação n° 0212019 firmado com o Município de Farroupilha/RS, a fim de viabilizar atendimento médico, ambulatorial e hospitalar na Especialidade de Traumatologia e Ortopedia – Alta Complexidade, aos usuários do Sistema Único de Saúde - SUS, residentes no Município de Pinto Bandeira, por meio de recursos próprios, com efeitos retroativos a 01 de janeiro de 2024.”</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/905/projeto_04-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/905/projeto_04-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a_x000D_
 celebrar Termo Aditivo para adequação do_x000D_
 Contrato de Programa nO277 ao Regime de_x000D_
 Concessão de Serviço Público com a_x000D_
 Companhia Riograndense de Saneamento -_x000D_
 CORSAN.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/906/projeto_05-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/906/projeto_05-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo determinado_x000D_
 para atender a necessidade temporária de_x000D_
 excepcional interesse público.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/907/projeto_06-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/907/projeto_06-2024.pdf</t>
   </si>
   <si>
     <t>Dá nova redação a dispositivo da Lei_x000D_
 Municipal nO396, de 23 de agosto de 2019,_x000D_
 que dispõe sobre a concessão de vale refeição_x000D_
 aos servidores municipais e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/908/projeto_07-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/908/projeto_07-2024.pdf</t>
   </si>
   <si>
     <t>Concede desconto no pagamento de IPTU_x000D_
 para o exercício 2023 e dispõe sobre o_x000D_
 parcelamento.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/909/projeto_08-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/909/projeto_08-2024.pdf</t>
   </si>
   <si>
     <t>Estabelece o índice para a revisão geral anual_x000D_
 dos vencimentos e dos subsídios dos_x000D_
 servidores do Município, inclusive do Prefeito,_x000D_
 Vice-Prefeito, Vereadores e Secretário e_x000D_
 aumento real aos servidores do Município.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/910/projeto_09-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/910/projeto_09-2024.pdf</t>
   </si>
   <si>
     <t>Estabelece normas gerais acerca dos serviços_x000D_
 de recolhimento de resíduos sólidos ordinários_x000D_
 domiciliares e resíduos sólidos recicláveis no_x000D_
 Município de Pinto Bandeira.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/916/projeto_10-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/916/projeto_10-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Criar Conta e_x000D_
 Abrir Crédito Especial no Orçamento do_x000D_
 Município.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/919/projeto_de_lei_12-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/919/projeto_de_lei_12-2024.pdf</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/922/projeto_13-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/922/projeto_13-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Abrir Crédito_x000D_
 Suplementar no Orçamento do Município.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/923/projeto_14-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/923/projeto_14-2024.pdf</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/924/projeto_de_lei_15-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/924/projeto_de_lei_15-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar a_x000D_
 prorrogação de Contrato Administrativo de Serviço_x000D_
 Temporário de Excepcional Interesse Público, em_x000D_
 razão de gravidez.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/926/projeto_de_lei_16-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/926/projeto_de_lei_16-2024.pdf</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/928/projeto_17-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/928/projeto_17-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2024.”</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/929/projeto_18-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/929/projeto_18-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a coparticipação do “Programa Mais Médicos” instituído pela Lei Federal n°12.871, de 22 de outubro de 2013 e dá outras providências.”</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/930/projeto_19-2024_certo.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/930/projeto_19-2024_certo.pdf</t>
   </si>
   <si>
     <t>“Acrescenta dispositivo na Lei Municipal n°560, de 23 de dezembro de 2022, que trata da Política Pública de Assistência Social do Município de Pinto Bandeira/RS e dá outras providências.”</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/931/projeto_20-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/931/projeto_20-2024.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a Criar Conta e Abrir Crédito Especial no Orçamento do Município.”</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/932/projeto_21-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/932/projeto_21-2024.pdf</t>
   </si>
   <si>
     <t>“Dá nova redação a dispositivos da Lei Municipal n° 396, de 23 de agosto de 2019, que dispõe sobre a concessão de vales-refeição aos servidores municipais e dá outras providências.”</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/933/projeto_22-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/933/projeto_22-2024.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo A Criar Conta e Abrir Crédito Suplementar no Orçamento do Município.”</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/934/projeto_23-2024_.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/934/projeto_23-2024_.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE COOPERAÇÃO COM O DEPARTAMENTO AUTÔNOMO DE ESTRADAS DE RODAGEM- DAER RS</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/935/projeto_24-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/935/projeto_24-2024.pdf</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/941/projeto_de_lei_25.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/941/projeto_de_lei_25.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a Criar Conta e Abrir Crédito Especial no Orçamento do Município."</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>" Autoriza o Poder Executivo Municipal a firmar termo de Cooperação com o Município de Farroupilha, para o fim de Realizar obras de manutenção na Estrada do Rio 20, meio de ligação entre os Municípios, e dá outras providências."</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/943/projeto_27-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/943/projeto_27-2024.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O SÍMBOLO/MARCA DO TURISMO DO MUNICÍPIO DE PINTO BANDEIRA."</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/944/projeto_28-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/944/projeto_28-2024.pdf</t>
   </si>
   <si>
     <t>" ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PINTO BANDEIRA PARA O EXERCÍCIO FINANDEIRO DE 2025."</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/945/projeto_29-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/945/projeto_29-2024.pdf</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE A COBRANÇA DE CONTRINUIÇÃO DE MELHORIA NA OBRA DE PAVIMENTAÇÃO NA RUA ARGENTINO FRANCISCO BOTTIN."</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/946/projeto_30-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/946/projeto_30-2024.pdf</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE A COBRANÇA DE CONTRIBUIÇÃO DE MELHORIA NA EXECUÇÃO DA OBRA DE PAVIMENTAÇÃO DA RUA JOSÉ RUBBO."</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>"Aprova Calendário de Eventos para o ano de 2025 do Município e dá outras providências."</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/949/projeto_32-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/949/projeto_32-2024.pdf</t>
   </si>
   <si>
     <t>"Institui o Brasão Municipal e dá outras providências."</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Hadair Ferrari</t>
   </si>
   <si>
     <t>"Institui a Bandeira Municipal e dá outras providências."</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/951/projeto_34-2024.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/951/projeto_34-2024.pdf</t>
   </si>
   <si>
     <t>" Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1017,68 +1017,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/904/indicacao_01_2024_devolucao_de_recursos_microonibus.odt" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/911/indicacao_02-2024_asfaltamento_linha_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/912/indicacao_03_2024_asfaltamento_travessa_isidoro_bigolin_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/913/indicacao_04_2024_asfaltamento_linha_silva_pinto_norte.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/915/indicacao_05_2024_manutencao_parquinho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/920/indicacao_06_2024_patrolamento_lot_pompeia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/921/indicacao_07_2024_patrolamento_estrada_da_busa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/925/indicacao_08_2024_recapeamento_estrada_da_fruta.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/927/indicacao_09_2024_devolucao_de_recursos_brita.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/936/indicacao_10_2024_paradas_de_onibus_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/918/mocao_-_universidade_da_serra_gaucha.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/947/emenda_a_lei_organica_art_10.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/903/projeto_de_lei_01_2024__denomina_estrada_prefeito_severino.odt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/940/projeto_02-2024_vereadores.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/939/projeto_03-2024_legislativo_prefeiro_e_vice.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/900/projeto_01-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/901/projeto_02-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/902/projeto_03-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/905/projeto_04-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/906/projeto_05-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/907/projeto_06-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/908/projeto_07-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/909/projeto_08-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/910/projeto_09-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/916/projeto_10-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/919/projeto_de_lei_12-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/922/projeto_13-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/923/projeto_14-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/924/projeto_de_lei_15-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/926/projeto_de_lei_16-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/928/projeto_17-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/929/projeto_18-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/930/projeto_19-2024_certo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/931/projeto_20-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/932/projeto_21-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/933/projeto_22-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/934/projeto_23-2024_.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/935/projeto_24-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/941/projeto_de_lei_25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/943/projeto_27-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/944/projeto_28-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/945/projeto_29-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/946/projeto_30-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/949/projeto_32-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/951/projeto_34-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/904/indicacao_01_2024_devolucao_de_recursos_microonibus.odt" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/911/indicacao_02-2024_asfaltamento_linha_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/912/indicacao_03_2024_asfaltamento_travessa_isidoro_bigolin_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/913/indicacao_04_2024_asfaltamento_linha_silva_pinto_norte.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/915/indicacao_05_2024_manutencao_parquinho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/920/indicacao_06_2024_patrolamento_lot_pompeia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/921/indicacao_07_2024_patrolamento_estrada_da_busa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/925/indicacao_08_2024_recapeamento_estrada_da_fruta.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/927/indicacao_09_2024_devolucao_de_recursos_brita.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/936/indicacao_10_2024_paradas_de_onibus_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/918/mocao_-_universidade_da_serra_gaucha.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/947/emenda_a_lei_organica_art_10.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/903/projeto_de_lei_01_2024__denomina_estrada_prefeito_severino.odt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/940/projeto_02-2024_vereadores.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/939/projeto_03-2024_legislativo_prefeiro_e_vice.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/900/projeto_01-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/901/projeto_02-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/902/projeto_03-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/905/projeto_04-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/906/projeto_05-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/907/projeto_06-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/908/projeto_07-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/909/projeto_08-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/910/projeto_09-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/916/projeto_10-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/919/projeto_de_lei_12-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/922/projeto_13-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/923/projeto_14-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/924/projeto_de_lei_15-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/926/projeto_de_lei_16-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/928/projeto_17-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/929/projeto_18-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/930/projeto_19-2024_certo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/931/projeto_20-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/932/projeto_21-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/933/projeto_22-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/934/projeto_23-2024_.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/935/projeto_24-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/941/projeto_de_lei_25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/943/projeto_27-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/944/projeto_28-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/945/projeto_29-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/946/projeto_30-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/949/projeto_32-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2024/951/projeto_34-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="136.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="135.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>