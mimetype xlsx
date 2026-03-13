--- v0 (2026-01-25)
+++ v1 (2026-03-13)
@@ -51,880 +51,880 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/836/indicacao_01_2023_ampliacao_creche.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/836/indicacao_01_2023_ampliacao_creche.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, por meio da Secretaria Municipal competente para que realize a ampliação da Creche Municipal.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/837/indicacao_02_2023_incentivo_as_empresas.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/837/indicacao_02_2023_incentivo_as_empresas.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, por meio da Secretaria Municipal competente para que estude a possibilidade de implantar plano de incentivo ao empreendedorismo.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/843/indicacao_03_2023_artesanato_praca.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/843/indicacao_03_2023_artesanato_praca.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO POR MEIO DA SECRETARIA MUNICIPAL COMPETENTE DO ESPAÇO MUNICIPAL DE ARTESANATO.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/844/indicacao_04_2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/844/indicacao_04_2023.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL COMPETENTE_x000D_
 PARA QUE ESTUDE E REENVIE COM AS_x000D_
 DEVIDAS CORREÇÕES O PROJETO DE LEI_x000D_
 N° 32, DE 18 DE AGOSTO DE 2022.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/847/indicacao_05_2023_seguranca_e_monitoramento_escolas.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/847/indicacao_05_2023_seguranca_e_monitoramento_escolas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL COMPETENTE_x000D_
 IMPLANTAÇÃO DE MAIOR VIGILÂNCIA E_x000D_
 MONITORAMENTO NAS ESCOLAS DO_x000D_
 MUNICÍPIO, BEM COMO CERCAMENTO DA_x000D_
 EMEI SPAZIO DEI BAMBINI.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/854/indicacao_06_2023_remocao_quebra_molas_portico.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/854/indicacao_06_2023_remocao_quebra_molas_portico.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E TRÂNSITO PROCEDA A REMOÇÃO DO “QUEBRA-MOLAS” COLOCADO JUNTO AO PÓRTICO.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/859/indicacao_07_2023_patrolamento_lot_pompeia.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/859/indicacao_07_2023_patrolamento_lot_pompeia.pdf</t>
   </si>
   <si>
     <t>“ SOLICITA AO PODER EXECUTIVO POR MEIO DA SECRETARIA MUNICIPAL COMPETENTE O PATROLAMENTO DA RUA PADRE AUGUSTINHO NICHETI.”</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/860/indicacao_08_2023_pavimentacao_estrada_nacional_28.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/860/indicacao_08_2023_pavimentacao_estrada_nacional_28.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E TRÂNSITO PAVIMENTAÇÃO NA_x000D_
 ESTRADA NACIONAL 28.”</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/861/indicacao_09_2023__creche_toldo.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/861/indicacao_09_2023__creche_toldo.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO A INSTALAÇÃO DE UM TOLDO DE PROTEÇÃO NA ENTRADA DA CRECHE.”</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/862/indicacao_10_2023_cobertura_e_cercamento.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/862/indicacao_10_2023_cobertura_e_cercamento.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO PODER EXECUTIVO POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL COMPETENTEA COBERTURA E CERCAMENTO DOESPAÇO DE LAZER DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL EMILIO MEYER;”</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/868/indicacao_11_2023_melhoria_campo_anunciata.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/868/indicacao_11_2023_melhoria_campo_anunciata.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL COMPETENTE PARA QUE FAÇA MELHORIAS NA SEDE DO CAMPO MUNICIPAL DE FUTEBOL LOCALIZADO NA LINHA ANUNCIATA.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/876/indicacao_12_2023_licenca_maternidade.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/876/indicacao_12_2023_licenca_maternidade.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO_x000D_
 MUNICIPAL PARA QUE AMPLIE O PRAZO DE_x000D_
 LICENÇA-MATERNIDADE.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/881/indicacao_13_2023_recapeamento_estrada_da_fruta.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/881/indicacao_13_2023_recapeamento_estrada_da_fruta.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E TRÂNSITO O RECAPEAMENTO DA ESTRADA DA FRUTA.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/882/indicacao_14_2023_sistema_antigranizo.docx</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/882/indicacao_14_2023_sistema_antigranizo.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL COMPETENTE PARA QUE AUXILIE NA IMPLANTAÇÃO DO SISTEMA ANTIGRANIZO.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/883/indicacao_15_2023_apicultura.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/883/indicacao_15_2023_apicultura.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL COMPETENTE PARA QUE REALIZE INCENTIVOS A APICULTURA.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/889/indicacao_16_2023_vale_alimentacao.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/889/indicacao_16_2023_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL COMPETENTE_x000D_
 PARA QUE AUMENTE O VALOR DO VALEALIMENTAÇÃO_x000D_
 PARA OS SERVIDORES_x000D_
 PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/894/indicacao_17_2023_semana_do_cerebro.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/894/indicacao_17_2023_semana_do_cerebro.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A_x000D_
 INCLUSÃO NO CALENDÁRIO OFICIAL DE_x000D_
 EVENTOS DO MUNICÍPIO A SEMANA DA_x000D_
 CONSCIENTIZAÇÃO SOBRE A SAÚDE DO_x000D_
 CÉREBRO.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/863/mocao_01-_2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/863/mocao_01-_2023.pdf</t>
   </si>
   <si>
     <t>"MOÇÃO DE APOIO AO SETOR VITIVINÍCOLA, EM FACE DAS IMPOSIÇÕES DETERMINADAS PELO PROTOCOLO DE INTENÇÕES QUE CELEBRARAM O MINISTÉRIO DO TRABALHO E EMPREGO (MTE) E À_x000D_
 FEDERAÇÃO DAS COOPERATIVAS VINÍCOLAS DO RS (FECOVINHO), AVALIZADO PELO GOVERNO DO ESTADO.”</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/884/mocao_02_adpf_442___aborto.docx</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/884/mocao_02_adpf_442___aborto.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO à Arguição de_x000D_
 Descumprimento de Preceito Fundamental - ADPF n° 442 e seu intento de descriminalizar o aborto até a décima segunda semana de gestação, mediante via judicial, na forma que indica.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/885/mocao_03_drogas.docx</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/885/mocao_03_drogas.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO QUAL TRATA DA DESCRIMINALIZAÇÃO DO CONSUMO DE DROGAS PARA USO PESSOAL, COM A DECLARAÇÃO DA INCONSTITUCIONAL O ARTIGO 28 DA LEI FEDERAL Nº211.343/2006 (LEI DE DROGAS).</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/895/mocao_04_-_apoio_reposicao_salarial.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/895/mocao_04_-_apoio_reposicao_salarial.pdf</t>
   </si>
   <si>
     <t>SOLICITA APOIO PARA À REPOSIÇÃO_x000D_
 INFLACIONÁRIA DE 32% AO EFETIVO DA_x000D_
 BRIGADA MILITAR E CORPO DE BOMBEIROS_x000D_
 DO RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>PLEXE</t>
   </si>
   <si>
     <t>Projeto de Lei (origem Executivo)</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/831/projeto_de_lei_01-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/831/projeto_de_lei_01-2023.pdf</t>
   </si>
   <si>
     <t>Concede desconto no pagamento de IPTU para o exercício 2023 e dispõe sobre o parcelamento.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/832/projeto_de_lei_02-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/832/projeto_de_lei_02-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/833/projeto_de_lei_03-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/833/projeto_de_lei_03-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Cria Conta e Abrir Crédito Suplementar no Orçamento do Município.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/834/projeto_de_lei_04-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/834/projeto_de_lei_04-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Abrir Crédito Especial no Orçamento do Município.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/835/projeto_de_lei_05-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/835/projeto_de_lei_05-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece o índice para a revisão geral anual dos vencimentos e dos subsídios dos servidores do Município, inclusive do Prefeito, Vice-Prefeito, Vereadores e Secretário e aumento real aos servidores do Município.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/838/projeto_06-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/838/projeto_06-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pinto Bandeira a_x000D_
 Incluir Procedimentos no Termo de Convênio_x000D_
 Firmado com o Município de Nova Prata para_x000D_
 Contratação de Consultas e Cirurgias de_x000D_
 Facoemulsificação na Area de Oftalmologia_x000D_
 Autorizado pela Lei Municipal nO425, de 13 de_x000D_
 março de 2020.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/839/projeto_07-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/839/projeto_07-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo_x000D_
 determinado para atender a necessidade_x000D_
 temporária de excepcional interesse_x000D_
 público.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/840/projeto_08-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/840/projeto_08-2023.pdf</t>
   </si>
   <si>
     <t>Altera e Revoga dispositivos da Lei_x000D_
 Municipal nO 376, de 04 de abril de 2019,_x000D_
 que dispões sobre a Política Municipal de_x000D_
 Proteção aos Direitos da Criança e do_x000D_
 Adolescente, o Conselho Municipal dos_x000D_
 Direitos da Criança e do Adolescente, o_x000D_
 Fundo Municipal dos Direitos da Criança e_x000D_
 do Adolescente, o Conselho Tutelar cria o_x000D_
 Sistema Municipal de Atendimento_x000D_
 Socioeducativo, e dá outras providências.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/841/projeto_09-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/841/projeto_09-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I da Lei Municipal nO542, de 11_x000D_
 de agosto de 2022, que Cria e Regulamenta o_x000D_
 Cargo de Agente Comunitário da Saúde do_x000D_
 Município.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/842/projeto_10-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/842/projeto_10-2023.pdf</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/845/projeto_11-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/845/projeto_11-2023.pdf</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/846/projeto_12-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/846/projeto_12-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Termo_x000D_
 de Cooperação com o Município de_x000D_
 Farroupilha/RS, a fim de viabilizar_x000D_
 atendimento médico, ambulatorial e_x000D_
 hospitalar - Média Complexidade, aos_x000D_
 usuários do Sistema Único de Saúde -_x000D_
 SUS, residentes no Município de Pinto_x000D_
 Bandeira, por meio de recursos próprios.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/848/projeto_13-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/848/projeto_13-2023.pdf</t>
   </si>
   <si>
     <t>“Autoriza a contratação por tempo determinado para tender a necessidade temporária de excepcional interesse público”.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/849/projeto_14-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/849/projeto_14-2023.pdf</t>
   </si>
   <si>
     <t>“Altera o padrão de vencimento do Cargo de Chefe do Setor de Cadastro da Produção e Arrecadação do Quadros de Cargos em Comissão e Funções Gratificadas, criados pela Lei Municipal nº253, de 07 de julho de 2017”</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/850/projeto_15-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/850/projeto_15-2023.pdf</t>
   </si>
   <si>
     <t>“ Dá Nova Redação a Dispositivo da Lei Municipal nº557, de 07 de dezembro de 2022, que Autoriza o Poder Executivo Municipal a efetuar Permuta de Bem imóvel e dá outras providências”.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/851/projeto_16-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/851/projeto_16-2023.pdf</t>
   </si>
   <si>
     <t>“ Cria e Regulamenta o Cargo de Agente Comunitário da Saúde do Município”.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/852/projeto_17-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/852/projeto_17-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/853/projeto_18-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/853/projeto_18-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre as Políticas Municipais dos Direitos do Idoso no que se Refere à Saúde, Saúde, Assistência Social, Cultura, Esporte e Lazer.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/855/projeto_19-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/855/projeto_19-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I da Municipal nO298, de 02 de_x000D_
 fevereiro de 2018, que Estabelece o Plano de_x000D_
 Cargos, Salári9s e o Plano de Carreira dos_x000D_
 Servidores do Município de Pinto Bandeira,_x000D_
 Institui o Respectivo Quadro de Cargos,_x000D_
 Estabelece Normas de Enquadramento e dá_x000D_
 Outras Providências.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/856/projeto_20-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/856/projeto_20-2023.pdf</t>
   </si>
   <si>
     <t>“Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público.”</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/857/projeto_21-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/857/projeto_21-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a Criar Conta e Abrir Crédito Especial no Orçamento do Município.”</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/858/projeto_22-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/858/projeto_22-2023.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Município a firmar Convênio com o Município de Bento Gonçalves/RS com vistas ao cofinanciamento regional do patrocínio do "AMA Banco de Leite".</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/865/projeto_23-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/865/projeto_23-2023.pdf</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/866/projeto_24-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/866/projeto_24-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza custear despesas com a_x000D_
 programação do evento "6° Campeonato_x000D_
 Municipal de Futebol de Campo".</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/867/projeto_25-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/867/projeto_25-2023.pdf</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/869/projeto_26-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/869/projeto_26-2023.pdf</t>
   </si>
   <si>
     <t>Altera e Insere dispositivos da Lei Municipal nº 335, de 08 de agosto de 2018, que instituiu o plano de carreira do magistério Público do Município de Pinto Bandeira/RS, o respectivo quadro de cargos e dá outras providências.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/870/projeto_27-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/870/projeto_27-2023.pdf</t>
   </si>
   <si>
     <t>“Acrescenta dispositivos na Lei Municipal nº252, de 07 de julho de 2017, que trata da Estrutura Administrativa Prefeitura Municipal de Pinto Bandeira..”.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/871/projeto_28-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/871/projeto_28-2023.pdf</t>
   </si>
   <si>
     <t>“Cria Cargo no Quadro Geral de Cargos da Lei Municipal nO253, de 07 de julho de 2017 e acrescenta dispositivos.”</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Lei nº_x000D_
 14.43412022 no âmbito municipal, cria o_x000D_
 completivo remuneratório e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/873/projeto_30-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/873/projeto_30-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Criar Conta_x000D_
 e Abrir Crédito Especial no Orçamento do_x000D_
 Município</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/877/projeto_31-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/877/projeto_31-2023.pdf</t>
   </si>
   <si>
     <t>Aprova o calendário de eventos para o ano_x000D_
 de 2024 do Município e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/878/projeto_32-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/878/projeto_32-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Criar Conta e Abrir Crédito Suplementar no Orçamento Do Município.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/879/projeto_33-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/879/projeto_33-2023.pdf</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/880/projeto_34-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/880/projeto_34-2023.pdf</t>
   </si>
   <si>
     <t>Regulamenta, no âmbito do Município, a Lei_x000D_
 Federal nO12.846, de 1° de agosto de 2013,_x000D_
 que dispõe sobre a responsabilização_x000D_
 administrativa e civil de pessoas jurídicas_x000D_
 pela prática de atas contra a Administração_x000D_
 Pública.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Dispõe Sobre o Sistema Municipal de_x000D_
 Cultura - SMC de Pinto Bandeira e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/887/projeto_36-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/887/projeto_36-2023.pdf</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/888/projeto_37_-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/888/projeto_37_-2023.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do_x000D_
 Município de Pinto Bandeira para o_x000D_
 Exercício Financeiro de 2024.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/890/projeto_38-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/890/projeto_38-2023.pdf</t>
   </si>
   <si>
     <t>Cria cargo na Lei Municipal n°298, de 02 de fevereiro de 2018.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/891/projeto_39-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/891/projeto_39-2023.pdf</t>
   </si>
   <si>
     <t>Define a estrutura administrativa do Poder Executivo do Município de Pinto Bandeira e dá outras providências.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/892/projeto_40-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/892/projeto_40-2023.pdf</t>
   </si>
   <si>
     <t>Cria o quadro de cargos em comissão e funções gratificadas da Prefeitura Municipal de Pinto Bandeira, estabelece o plano de pagamento e dá outras providências.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/893/projeto_41-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/893/projeto_41-2023.pdf</t>
   </si>
   <si>
     <t>Concede isenção da Taxa de Coleta de Lixo, às entidades que especifica.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/896/projeto_42-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/896/projeto_42-2023.pdf</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/897/projeto_43-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/897/projeto_43-2023.pdf</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/898/projeto_44-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/898/projeto_44-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar a prorrogação de Contratos Administrativos de Serviço Temporário de Excepcional Interesse Público, em razão de gravidez.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/899/projeto_45-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/899/projeto_45-2023.pdf</t>
   </si>
   <si>
     <t>Institui a Gratificação Mensal ao Agente de Contratação do Poder Executivo e dá Outras Providências.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/917/projeto_11-2023.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/917/projeto_11-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo determinado_x000D_
 para atender a necessidade temporária de_x000D_
 excepcional interesse público.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/864/projeto_de_resolucao_osmar_terra.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/864/projeto_de_resolucao_osmar_terra.pdf</t>
   </si>
   <si>
     <t>“REQUER A OUTORGA DE TÍTULO DE CIDADÃO DE PINTO BANDEIRA A OSMAR TERRA. “</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/874/02_projeto_de_resolucao_requerimento_diego_soligo_.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/874/02_projeto_de_resolucao_requerimento_diego_soligo_.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SR. DIEGO SOLIGO A_x000D_
 DISTINÇÃO HONORÍFICA “MEDALHA_x000D_
 PADRE JOSÉ FRANCISCO PICCOLI”.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/875/03_projeto_de_resolucao_requerimento_trilheiros.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/875/03_projeto_de_resolucao_requerimento_trilheiros.pdf</t>
   </si>
   <si>
     <t>CONCEDE A ASSOCIAÇÃO TRILHEIROS_x000D_
 BICHO DO BARRO DISTINÇÃO_x000D_
 HONORÍFICA “MEDALHA PADRE JOSÉ_x000D_
 FRANCISCO PICCOLI”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -1234,68 +1234,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/836/indicacao_01_2023_ampliacao_creche.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/837/indicacao_02_2023_incentivo_as_empresas.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/843/indicacao_03_2023_artesanato_praca.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/844/indicacao_04_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/847/indicacao_05_2023_seguranca_e_monitoramento_escolas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/854/indicacao_06_2023_remocao_quebra_molas_portico.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/859/indicacao_07_2023_patrolamento_lot_pompeia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/860/indicacao_08_2023_pavimentacao_estrada_nacional_28.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/861/indicacao_09_2023__creche_toldo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/862/indicacao_10_2023_cobertura_e_cercamento.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/868/indicacao_11_2023_melhoria_campo_anunciata.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/876/indicacao_12_2023_licenca_maternidade.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/881/indicacao_13_2023_recapeamento_estrada_da_fruta.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/882/indicacao_14_2023_sistema_antigranizo.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/883/indicacao_15_2023_apicultura.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/889/indicacao_16_2023_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/894/indicacao_17_2023_semana_do_cerebro.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/863/mocao_01-_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/884/mocao_02_adpf_442___aborto.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/885/mocao_03_drogas.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/895/mocao_04_-_apoio_reposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/831/projeto_de_lei_01-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/832/projeto_de_lei_02-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/833/projeto_de_lei_03-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/834/projeto_de_lei_04-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/835/projeto_de_lei_05-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/838/projeto_06-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/839/projeto_07-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/840/projeto_08-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/841/projeto_09-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/842/projeto_10-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/845/projeto_11-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/846/projeto_12-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/848/projeto_13-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/849/projeto_14-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/850/projeto_15-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/851/projeto_16-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/852/projeto_17-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/853/projeto_18-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/855/projeto_19-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/856/projeto_20-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/857/projeto_21-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/858/projeto_22-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/865/projeto_23-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/866/projeto_24-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/867/projeto_25-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/869/projeto_26-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/870/projeto_27-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/871/projeto_28-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/873/projeto_30-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/877/projeto_31-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/878/projeto_32-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/879/projeto_33-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/880/projeto_34-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/887/projeto_36-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/888/projeto_37_-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/890/projeto_38-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/891/projeto_39-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/892/projeto_40-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/893/projeto_41-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/896/projeto_42-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/897/projeto_43-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/898/projeto_44-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/899/projeto_45-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/917/projeto_11-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/864/projeto_de_resolucao_osmar_terra.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/874/02_projeto_de_resolucao_requerimento_diego_soligo_.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/875/03_projeto_de_resolucao_requerimento_trilheiros.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/836/indicacao_01_2023_ampliacao_creche.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/837/indicacao_02_2023_incentivo_as_empresas.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/843/indicacao_03_2023_artesanato_praca.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/844/indicacao_04_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/847/indicacao_05_2023_seguranca_e_monitoramento_escolas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/854/indicacao_06_2023_remocao_quebra_molas_portico.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/859/indicacao_07_2023_patrolamento_lot_pompeia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/860/indicacao_08_2023_pavimentacao_estrada_nacional_28.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/861/indicacao_09_2023__creche_toldo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/862/indicacao_10_2023_cobertura_e_cercamento.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/868/indicacao_11_2023_melhoria_campo_anunciata.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/876/indicacao_12_2023_licenca_maternidade.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/881/indicacao_13_2023_recapeamento_estrada_da_fruta.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/882/indicacao_14_2023_sistema_antigranizo.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/883/indicacao_15_2023_apicultura.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/889/indicacao_16_2023_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/894/indicacao_17_2023_semana_do_cerebro.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/863/mocao_01-_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/884/mocao_02_adpf_442___aborto.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/885/mocao_03_drogas.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/895/mocao_04_-_apoio_reposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/831/projeto_de_lei_01-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/832/projeto_de_lei_02-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/833/projeto_de_lei_03-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/834/projeto_de_lei_04-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/835/projeto_de_lei_05-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/838/projeto_06-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/839/projeto_07-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/840/projeto_08-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/841/projeto_09-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/842/projeto_10-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/845/projeto_11-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/846/projeto_12-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/848/projeto_13-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/849/projeto_14-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/850/projeto_15-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/851/projeto_16-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/852/projeto_17-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/853/projeto_18-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/855/projeto_19-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/856/projeto_20-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/857/projeto_21-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/858/projeto_22-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/865/projeto_23-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/866/projeto_24-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/867/projeto_25-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/869/projeto_26-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/870/projeto_27-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/871/projeto_28-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/873/projeto_30-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/877/projeto_31-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/878/projeto_32-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/879/projeto_33-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/880/projeto_34-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/887/projeto_36-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/888/projeto_37_-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/890/projeto_38-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/891/projeto_39-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/892/projeto_40-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/893/projeto_41-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/896/projeto_42-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/897/projeto_43-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/898/projeto_44-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/899/projeto_45-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/917/projeto_11-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/864/projeto_de_resolucao_osmar_terra.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/874/02_projeto_de_resolucao_requerimento_diego_soligo_.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2023/875/03_projeto_de_resolucao_requerimento_trilheiros.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="198" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>