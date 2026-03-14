--- v0 (2025-10-27)
+++ v1 (2026-03-14)
@@ -51,1004 +51,1004 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/762/indicacao_01_2022_cercamento_eletronico.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/762/indicacao_01_2022_cercamento_eletronico.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO SEJAM_x000D_
 ADOTADAS AS PROVIDÊNCIAS E MEDIDAS_x000D_
 PARA IMPLANTAÇÃO DE CÂMERAS DE_x000D_
 SEGURANÇA DE VIDEOMONITORAMENTO,_x000D_
 NO MUNICÍPIO DE PINTO BANDEIRA.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/763/indicacao_02_2022_sinalizacao_e_faixa_de_pedestres.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/763/indicacao_02_2022_sinalizacao_e_faixa_de_pedestres.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL DE OBRAS E_x000D_
 TRÂNSITO REDUTORES DE VELOCIDADE E_x000D_
 FAIXAS DE SINALIZAÇÃO NAS_x000D_
 PROXIMIDADES DA NOVA EMEI.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/764/indicacao_03_2022_contratacao_pediatra.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/764/indicacao_03_2022_contratacao_pediatra.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL DE SAÚDE A_x000D_
 CONTRATAÇÃO DE UM MÉDICO PEDIATRA.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/776/indicacao_04_2022_incentivo_estiagem.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/776/indicacao_04_2022_incentivo_estiagem.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo por meio da secretaria competente para fornecer incentivos ao combate a estiagem.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/777/indicacao_05_manutencao_estrada_linha_liberdade.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/777/indicacao_05_manutencao_estrada_linha_liberdade.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, por meio da Secretaria Municipal de Obras e Trânsito a manutenção da estrada Linha Liberdade.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/779/indicacao_06_2022_sinalizacao_vias_publicas.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/779/indicacao_06_2022_sinalizacao_vias_publicas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL COMPETENTE_x000D_
 A COLOCAÇÃO DE PLACAS DE_x000D_
 SINALIZAÇÃO NAS VIAS PÚBLICAS_x000D_
 MUNICIPAIS.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/780/indicacao_07_2022_dia_do_suco.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/780/indicacao_07_2022_dia_do_suco.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL COMPETENTE_x000D_
 A CRIAÇÃO DO “DIA MUNICIPAL DO SUCO_x000D_
 DE UVA”.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_08_2022_dia_do_espumante.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_08_2022_dia_do_espumante.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL COMPETENTE_x000D_
 A CRIAÇÃO DO “DIA MUNICIPAL DO_x000D_
 ESPUMANTE”.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/797/indicacao_09_2022_sinalizacao_vias_publicas_28.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/797/indicacao_09_2022_sinalizacao_vias_publicas_28.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo por meio da Secretaria Municipal competente para que diligencie ao DAER/RS em busca de sinalização, bem como realize a colocação de faixa de pedestres nas proximidades da E.M.E.F. Barão de Mauá.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/800/indicacao_10_2022_rede_wifi.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/800/indicacao_10_2022_rede_wifi.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo por meio da Secretaria Municipal competente para que disponibilize sinal de rede WI-FI gratuita aos munícipes.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/803/indicacao_11-2022_licenca_maternidade.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/803/indicacao_11-2022_licenca_maternidade.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO_x000D_
 MUNICIPAL PARA QUE AMPLIE O PRAZO DE_x000D_
 LICENÇA-MATERNIDADE PREVISTO NA LEI_x000D_
 Nº 118, DE 20 DE AGOSTO DE 2014.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/804/indicacao_12_2022_aula_de_capoeira.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/804/indicacao_12_2022_aula_de_capoeira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO POR_x000D_
 MEIO DA SECRETARIA COMPETENTE_x000D_
 OFICINA DE CAPOEIRA.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/806/indicacao_13_2022_paradas_de_onibus.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/806/indicacao_13_2022_paradas_de_onibus.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo por meio da Secretaria Municipal competente para que construa paradas de ônibus escolares em diversos pontos do Município.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/815/indicacao_14_2022_campeonato_futebol_feminino.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/815/indicacao_14_2022_campeonato_futebol_feminino.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO PODER EXECUTIVO POR MEIO DA SECRETARIA MUNICIPAL COMPETENTE A CRIAÇÃO DE UM TORNEIO DE FUTSAL REGIONAL FEMININO E INCLUSÃO NO CALENDÁRIO ANUAL DO MUNICÍPIO.”</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/816/indicacao_15__troca_de_lampadas_rua_trevizzo.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/816/indicacao_15__troca_de_lampadas_rua_trevizzo.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO PODER EXECUTIVO A TROCA DE LÂMPADAS NA RUA TREVIZZO.”</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/817/indicacao_16_2022_fornecimento_transporte_escolinha_de_volei.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/817/indicacao_16_2022_fornecimento_transporte_escolinha_de_volei.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO PODER EXECUTIVO POR MEIO DA SECRETARIA MUNICIPAL COMPETENTE PARA QUE FORNEÇA TRANSPORTE AOS ALUNOS DA ESCOLINHA DE VÔLEI.”</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/821/indicacao_17_2022_resticao_de_trafego_1.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/821/indicacao_17_2022_resticao_de_trafego_1.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, por meio da Secretaria Municipal competente a restrição de tráfego de caminhões na Travessa Nossa Senhora do Carmo.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/829/indicacao_18_2022_lixeiras_seletivas.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/829/indicacao_18_2022_lixeiras_seletivas.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, por meio da Secretaria Municipal competente para que estude a possibilidade de compra e instalação de lixeiras públicas e seletivas.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/765/mocao_-_apoio_plano_combate_estiagem.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/765/mocao_-_apoio_plano_combate_estiagem.pdf</t>
   </si>
   <si>
     <t>SOLICITA APOIO PARA AOS PEDIDO AS_x000D_
 DEMANDAS DOS AGRICULTORES FAMILIARES_x000D_
 COM OBJETIVO DE AMENIZAR OS EFEITOS DA_x000D_
 ESTIAGEM QUE OCORRE NO ESTADO.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/795/mocao_-_apoio_facilitacao_armas_2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/795/mocao_-_apoio_facilitacao_armas_2022.pdf</t>
   </si>
   <si>
     <t>Moção de apoio para aprovação do Projeto_x000D_
 de Lei Federal – 3723/2019 em tramitação_x000D_
 no Senado Federal.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/830/mocao_-_susepe.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/830/mocao_-_susepe.pdf</t>
   </si>
   <si>
     <t>Moção de Solidariedade ao chamamento de todos os aprovados na primeira fase do concurso vigente da SUSEPE/RS, para que sejam convocados para a segunda fase (teste de aptidão física), prevista no CERTAME.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>PLEXE</t>
   </si>
   <si>
     <t>Projeto de Lei (origem Executivo)</t>
   </si>
   <si>
     <t>Hadair Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Cria cargos na Lei Municipal nº 298, de 02 de fevereiro de 2018.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/752/projeto_02-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/752/projeto_02-2022.pdf</t>
   </si>
   <si>
     <t>Cria cargos na Lei Municipal nº 335, de 08 de agosto de 2018.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/753/projeto_03-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/753/projeto_03-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/754/projeto_04-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/754/projeto_04-2022.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I da Lei Municipal nº 372, de 29 de março de 2019, que cria o cargo de Chefe do Departamento de Meio Ambiente.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/755/projeto_05-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/755/projeto_05-2022.pdf</t>
   </si>
   <si>
     <t>“ Cria o Cargo no Quadros Geral de Cargos da Lei Municipal nº 253, de 07 de julho de 2017 e acrescenta dispositivos”</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/756/projeto_06-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/756/projeto_06-2022.pdf</t>
   </si>
   <si>
     <t>“Concede desconto no pagamento de IPTU para o exercício 2022.”</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/757/projeto_07-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/757/projeto_07-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público.”</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/758/projeto_08-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/758/projeto_08-2022.pdf</t>
   </si>
   <si>
     <t>“Estabelece o índice para a revisão geral anual dos vencimentos e dos subsídios dos servidores do Município, inclusive do Prefeito, Vice-Prefeito, Vereadores e Secretário e aumento real aos servidores do Município.”</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/759/projeto_09-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/759/projeto_09-2022.pdf</t>
   </si>
   <si>
     <t>“Dá nova redação a dispositivo da Lei Municipal n° 396, de 23 de agosto de 2019, que dispõe sobre a concessão de vale-refeição aos servidores municipais e dá outras providências.”</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/761/projeto_10-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/761/projeto_10-2022.pdf</t>
   </si>
   <si>
     <t>Institui Gratificação de Serviço a ser paga_x000D_
 aos servidores do Poder Executivo_x000D_
 designados para executar os serviços de_x000D_
 natureza administrativa de responsabilidade_x000D_
 do Poder Legislativo, especialmente_x000D_
 contabilidade, tesouraria, recursos_x000D_
 humanos e, eventualmente, setor de_x000D_
 compras e dá outras providências.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/760/projeto_11-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/760/projeto_11-2022.pdf</t>
   </si>
   <si>
     <t>“Inclui Dispositivo na Lei Municipal n° 376, de 04 de abril de 2019, que trata da Política Municipal de Proteção aos Direitos da Criança e do Adolescente, o Conselho Municipal dos Direitos da Criança e do Adolescente, o Fundo Municipal dos Direitos da Criança e do Adolescente, o Conselho Tutelar e cria o Sistema Municipal de Atendimento Socioeducativo.”</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/766/projeto_12-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/766/projeto_12-2022.pdf</t>
   </si>
   <si>
     <t>Institui a Gratificação Mensal à Comissão_x000D_
 Permanente de Licitação, Equipe de Apoio e_x000D_
 Pregoeiro e/ou Comissão de Contratação, Equipe_x000D_
 de Apoio e Agente de Contratação do Poder_x000D_
 Executivo e dá Outras Providências.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/767/projeto_13-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/767/projeto_13-2022.pdf</t>
   </si>
   <si>
     <t>Cria cargos na Lei Municipal nO298, de 02 de_x000D_
 fevereiro de 2018.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/768/projeto_14-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/768/projeto_14-2022.pdf</t>
   </si>
   <si>
     <t>Cria cargos na Lei Municipal nO335, de 08 de_x000D_
 agosto de 2018.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/769/projeto_15-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/769/projeto_15-2022.pdf</t>
   </si>
   <si>
     <t>Estabelece normas complementares às Diretrizes curriculares Nacionais para a inclusão da Educação das Relações Étnico-Raciais e do Ensino de História e Cultura Afro-Brasileira e Indígena na organização curricular das instituições pertencentes à Rede Municipal de Ensino de Pinto Bandeira.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/770/projeto_16-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/770/projeto_16-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre o Programa Municipal de Combate e Prevenção à Dengue.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/771/projeto_17-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/771/projeto_17-2022.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I da Lei Municipal n° 372, de 29 de março de 2019, que cria o cargo de Chefe do Departamento de Meio Ambiente.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/772/projeto_18-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/772/projeto_18-2022.pdf</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/773/projeto_19-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/773/projeto_19-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Criar Conta e Abrir Crédito Especial no Orçamento do Município.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/774/projeto_20-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/774/projeto_20-2022.pdf</t>
   </si>
   <si>
     <t>Revoga e dá Nova Redação a Dispositivos da Lei Municipal n° 454, de 30 de novembro de 2020, que trata Fixação da Nomenclatura das Vias Públicas Municipais.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/775/projeto_21-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/775/projeto_21-2022.pdf</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/778/projeto_22-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/778/projeto_22-2022.pdf</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/782/projeto_23-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/782/projeto_23-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Criar Conta e_x000D_
 Abrir Crédito Especial no Orçamento do_x000D_
 Município.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/783/projeto_24-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/783/projeto_24-2022.pdf</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/784/projeto_25-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/784/projeto_25-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Termo_x000D_
 de Cooperação com Estado do Rio Grande_x000D_
 do Sul, objetivando a conjugação de_x000D_
 esforços entre os partícipes para a_x000D_
 manutenção da unidade da Brigada Militar_x000D_
 no Município.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/785/projeto_26-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/785/projeto_26-2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na Lei Municipal n"_x000D_
 335, de 08 de agosto de 2018, que trata da_x000D_
 Plano de Carreira do Magistério Público do_x000D_
 Município de Pinto Bandeira.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/786/projeto_27-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/786/projeto_27-2022.pdf</t>
   </si>
   <si>
     <t>Cria o projeto "Políticos do Amanhã" no_x000D_
 Município de Pinto Bandeira.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/787/projeto_28-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/787/projeto_28-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias_x000D_
 para o exercício financeiro de 2023</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/788/projeto_29-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/788/projeto_29-2022.pdf</t>
   </si>
   <si>
     <t>Altera Carga Horária Semanal de Trabalho e o_x000D_
 Padrão de Vencimento do Cargo de Provimento_x000D_
 Efetivo de Médico Veterinário, previsto na Lei_x000D_
 Municipal nO298, de 02 de fevereiro de 2018.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/789/projeto_30-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/789/projeto_30-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo_x000D_
 determinado para atender a necessidade_x000D_
 temporária de excepcional interesse_x000D_
 público.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/790/projeto_31-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/790/projeto_31-2022.pdf</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/791/projeto_32-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/791/projeto_32-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Regularização Arquitetônica no Município de Pinto Bandeira e dá outras providências.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/792/projeto_33-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/792/projeto_33-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Abrir Crédito_x000D_
 Especial no Orçamento do Município.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/793/projeto_34-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/793/projeto_34-2022.pdf</t>
   </si>
   <si>
     <t>Dá Nova Redação e Inclui Dispositivos na Lei_x000D_
 Municipal nO196, de 25 de janeiro de 2017.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/794/projeto_35-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/794/projeto_35-2022.pdf</t>
   </si>
   <si>
     <t>Cria e Regulamenta o Cargo de Agente_x000D_
 Comunitário da Saúde do Município nos termos_x000D_
 da Emenda Constitucional nO 120/2022 e dá_x000D_
 Outras Providências</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/796/projeto_36-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/796/projeto_36-2022.pdf</t>
   </si>
   <si>
     <t>“O Município de Pinto Bandeira ratifica o Terceiro Termo Aditivo ao Contrato de Consórcio Público do Consórcio Intermunicipal de Desenvolvimento Sustentável da Serra Gaúcha (CISGA), do qual faz parte, Termo Aditivo esse que objetiva consolidar as cláusulas do mencionado instrumento, tendo em vista que ele sofreu variadas alterações desde a sua subscrição originária.”</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/798/projeto_37-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/798/projeto_37-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a firmar Convênio com o Tribunal Regional Eleitoral do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/799/projeto_38-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/799/projeto_38-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pinto Bandeira a firmar Termo de Convênio com o Município de Garibaldi para o repasse de valores ao HOSPITAL BENEFICIENTE SÃO PEDRO, para incentivo a qualificação ao Sistema único de Saúde (SUS), por meio do Programa Assistir, nas especialidades clínicas e cirúrgicas de urologia, vascular e nas especialidades clínicas de reumatologia e endocrinologia.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/801/projeto_39-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/801/projeto_39-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo_x000D_
 determinado para atender a necessidade_x000D_
 temporária de excepcional interesse_x000D_
 público</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/802/projeto_40-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/802/projeto_40-2022.pdf</t>
   </si>
   <si>
     <t>Dá nova redação a dispositivo da Lei_x000D_
 Municipal nO376, de 04 de abril de 2019, que_x000D_
 dispõe sobre a Política Municipal de Proteção_x000D_
 aos Direitos da Criança e do Adolescente, o_x000D_
 Conselho Municipal dos Direitos da Criança e_x000D_
 do Adolescente, o Fundo Municipal dos_x000D_
 Direitos da Criança e do Adolescente, o_x000D_
 Conselho Tutelar e cria o Sistema Municipal_x000D_
 de Atendimento Socioeducativo.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/805/projeto_41-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/805/projeto_41-2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na Lei Municipal n° 118, de 21 de agosto de 2014, que trata do Estatuto dos Serviços Municipais de Pinto Bandeira.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/807/projeto_42-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/807/projeto_42-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Criar Conta e Abrir Crédito Suplementar no Orçamento do Município.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/808/projeto_43-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/808/projeto_43-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contribuição para manutenção do COREDE Regional e dá outras providências.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/809/projeto_44-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/809/projeto_44-2022.pdf</t>
   </si>
   <si>
     <t>Cria cargos na Lei Municipal n° 335, de 08 de agosto de 2018.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/810/projeto_45-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/810/projeto_45-2022.pdf</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/811/projeto_46-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/811/projeto_46-2022.pdf</t>
   </si>
   <si>
     <t>Cria Cargo no Quadro Geral de Cargos da Lei Municipal n° 253, de 07 de julho de 2017 e acrescenta dispositivos.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/812/projeto_47-2022_loa.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/812/projeto_47-2022_loa.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a despesa do Município de Pinto Bandeira para o Exercício Financeiro de 2023.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/813/projeto_48-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/813/projeto_48-2022.pdf</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/814/projeto_49-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/814/projeto_49-2022.pdf</t>
   </si>
   <si>
     <t>“Altera o Anexo III da Lei Municipal nº 71, de 30 de outubro de 2013, que instituiu o Código Tributário do Município de Pinto Bandeira.”</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/818/projeto_50-2022_1.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/818/projeto_50-2022_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar Permuta de Bem Imóvel e dá outras providências.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/819/projeto_51-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/819/projeto_51-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Termo de Cooperação com o Estado do Rio Grande do Sul, objetivando a conjugação de esforços entre os partícipes para a manutenção da unidade da Brigada Militar no Município.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/820/projeto_52-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/820/projeto_52-2022.pdf</t>
   </si>
   <si>
     <t>Institui o concurso para escolha da Rainha e Princesas do Município de Pinto Bandeira/RS.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/822/projeto_53-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/822/projeto_53-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Pública de Assistência Social do Município de Pinto Bandeira/RS dá outras providências.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/823/projeto_54-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/823/projeto_54-2022.pdf</t>
   </si>
   <si>
     <t>Dá Nova Redação a Dispositivos da Lei Municipal n° 176, de 18 de janeiro de 2016, que trata do Programa de Auxílio e Incentivo ao Atleta.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/824/projeto_55-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/824/projeto_55-2022.pdf</t>
   </si>
   <si>
     <t>Aprova o calendário de eventos para o ano de 2023 do Município e dá outras providências.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/825/projeto_56-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/825/projeto_56-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Aditivo ao Termo de Cooperação n° 02/2019 firmado com o Município de Farroupilha/RS, a fim de viabilizar atendimento médico, ambulatorial e hospitalar na Especialidade de Traumatologia e Ortopedia – Alta Complexidade, aos usuários do Sistema Único de Saúde – SUS, residentes no Município de Pinto Bandeira, por meio de recursos próprios.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/826/projeto_57-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/826/projeto_57-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pinto Bandeira a firmar Termo de Convênio com o Município de Bento Gonçalves para a compra de procedimentos para manutenção do atendimento médico, ambulatorial e hospitalar de média complexidade em traumato-ortopedia, procedimentos cirúrgicos de média complexidade eletivos não contratualizados com outra instituição ou casos de incapacidade técnica, e, excepcionalmente em alta complexidade em cardiologia, neurologia e vascular, devido à ausência de local de referência regional.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/827/projeto_58-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/827/projeto_58-2022.pdf</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/828/projeto_59-2022.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/828/projeto_59-2022.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1352,68 +1352,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/762/indicacao_01_2022_cercamento_eletronico.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/763/indicacao_02_2022_sinalizacao_e_faixa_de_pedestres.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/764/indicacao_03_2022_contratacao_pediatra.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/776/indicacao_04_2022_incentivo_estiagem.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/777/indicacao_05_manutencao_estrada_linha_liberdade.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/779/indicacao_06_2022_sinalizacao_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/780/indicacao_07_2022_dia_do_suco.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_08_2022_dia_do_espumante.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/797/indicacao_09_2022_sinalizacao_vias_publicas_28.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/800/indicacao_10_2022_rede_wifi.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/803/indicacao_11-2022_licenca_maternidade.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/804/indicacao_12_2022_aula_de_capoeira.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/806/indicacao_13_2022_paradas_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/815/indicacao_14_2022_campeonato_futebol_feminino.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/816/indicacao_15__troca_de_lampadas_rua_trevizzo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/817/indicacao_16_2022_fornecimento_transporte_escolinha_de_volei.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/821/indicacao_17_2022_resticao_de_trafego_1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/829/indicacao_18_2022_lixeiras_seletivas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/765/mocao_-_apoio_plano_combate_estiagem.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/795/mocao_-_apoio_facilitacao_armas_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/830/mocao_-_susepe.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/752/projeto_02-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/753/projeto_03-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/754/projeto_04-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/755/projeto_05-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/756/projeto_06-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/757/projeto_07-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/758/projeto_08-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/759/projeto_09-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/761/projeto_10-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/760/projeto_11-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/766/projeto_12-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/767/projeto_13-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/768/projeto_14-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/769/projeto_15-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/770/projeto_16-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/771/projeto_17-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/772/projeto_18-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/773/projeto_19-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/774/projeto_20-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/775/projeto_21-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/778/projeto_22-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/782/projeto_23-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/783/projeto_24-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/784/projeto_25-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/785/projeto_26-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/786/projeto_27-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/787/projeto_28-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/788/projeto_29-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/789/projeto_30-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/790/projeto_31-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/791/projeto_32-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/792/projeto_33-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/793/projeto_34-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/794/projeto_35-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/796/projeto_36-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/798/projeto_37-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/799/projeto_38-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/801/projeto_39-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/802/projeto_40-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/805/projeto_41-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/807/projeto_42-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/808/projeto_43-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/809/projeto_44-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/810/projeto_45-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/811/projeto_46-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/812/projeto_47-2022_loa.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/813/projeto_48-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/814/projeto_49-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/818/projeto_50-2022_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/819/projeto_51-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/820/projeto_52-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/822/projeto_53-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/823/projeto_54-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/824/projeto_55-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/825/projeto_56-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/826/projeto_57-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/827/projeto_58-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/828/projeto_59-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/762/indicacao_01_2022_cercamento_eletronico.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/763/indicacao_02_2022_sinalizacao_e_faixa_de_pedestres.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/764/indicacao_03_2022_contratacao_pediatra.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/776/indicacao_04_2022_incentivo_estiagem.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/777/indicacao_05_manutencao_estrada_linha_liberdade.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/779/indicacao_06_2022_sinalizacao_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/780/indicacao_07_2022_dia_do_suco.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_08_2022_dia_do_espumante.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/797/indicacao_09_2022_sinalizacao_vias_publicas_28.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/800/indicacao_10_2022_rede_wifi.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/803/indicacao_11-2022_licenca_maternidade.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/804/indicacao_12_2022_aula_de_capoeira.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/806/indicacao_13_2022_paradas_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/815/indicacao_14_2022_campeonato_futebol_feminino.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/816/indicacao_15__troca_de_lampadas_rua_trevizzo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/817/indicacao_16_2022_fornecimento_transporte_escolinha_de_volei.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/821/indicacao_17_2022_resticao_de_trafego_1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/829/indicacao_18_2022_lixeiras_seletivas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/765/mocao_-_apoio_plano_combate_estiagem.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/795/mocao_-_apoio_facilitacao_armas_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/830/mocao_-_susepe.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/752/projeto_02-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/753/projeto_03-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/754/projeto_04-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/755/projeto_05-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/756/projeto_06-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/757/projeto_07-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/758/projeto_08-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/759/projeto_09-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/761/projeto_10-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/760/projeto_11-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/766/projeto_12-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/767/projeto_13-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/768/projeto_14-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/769/projeto_15-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/770/projeto_16-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/771/projeto_17-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/772/projeto_18-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/773/projeto_19-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/774/projeto_20-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/775/projeto_21-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/778/projeto_22-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/782/projeto_23-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/783/projeto_24-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/784/projeto_25-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/785/projeto_26-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/786/projeto_27-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/787/projeto_28-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/788/projeto_29-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/789/projeto_30-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/790/projeto_31-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/791/projeto_32-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/792/projeto_33-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/793/projeto_34-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/794/projeto_35-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/796/projeto_36-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/798/projeto_37-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/799/projeto_38-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/801/projeto_39-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/802/projeto_40-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/805/projeto_41-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/807/projeto_42-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/808/projeto_43-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/809/projeto_44-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/810/projeto_45-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/811/projeto_46-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/812/projeto_47-2022_loa.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/813/projeto_48-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/814/projeto_49-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/818/projeto_50-2022_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/819/projeto_51-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/820/projeto_52-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/822/projeto_53-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/823/projeto_54-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/824/projeto_55-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/825/projeto_56-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/826/projeto_57-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/827/projeto_58-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2022/828/projeto_59-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="137.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="136.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>