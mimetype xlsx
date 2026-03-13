--- v0 (2026-01-24)
+++ v1 (2026-03-13)
@@ -51,1132 +51,1132 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/663/indicacao_01-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/663/indicacao_01-2021.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, ATRAVÉS_x000D_
 DA SECRETARIA MUNICIPAL DE OBRAS O_x000D_
 ALARGAMENTO DAS ESTRADAS.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/664/indicacao_02_2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/664/indicacao_02_2021.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL DE OBRAS E_x000D_
 TRÂNSITO MELHORIAS NAS VIAS PÚBLICAS_x000D_
 URBANAS E RURAIS.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/669/indicacao_03-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/669/indicacao_03-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal para que oriente as obras em andamento em relação a acessibilidade ao público</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/670/indicacao_04-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/670/indicacao_04-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, por meio da Secretaria Municipal de Obras o alargamento da estrada 5ª Secsão baixa e estrada do Rio das Antas (Burati)</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/671/indicacao_05-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/671/indicacao_05-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal para que crie Lei de Incentivo ao Turismo</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/672/indicacao_06-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/672/indicacao_06-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal para que crie Lei de Incentivo ao empreendedorismo</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/673/indicacao_07-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/673/indicacao_07-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo a construção de uma Ciclofaixa na Estrada Linha Brasil</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/674/indicacao_08-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/674/indicacao_08-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal, para que com a devolução de recursos financeiros do exercício financeiro de 2020, priorize com gastos em tratamentos cirúrgicos de altas complexidade aos munícipes que precisam em caráter de urgência</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/675/indicacao_09-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/675/indicacao_09-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo o aumento do parcelamento do IPTU 2021</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_10-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_10-2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo por meio da Secretaria de Educação o fornecimento de transporte aos alunos da Escola Agrícola da Serra Gaúcha</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/677/indicacao_11_2021_placas_indicativas.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/677/indicacao_11_2021_placas_indicativas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO POR MEIO DA SECRETARIA DE TURISMO A CRIAÇÃO DE UM ROTEIRO TURÍSTICO E CULTURAL</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/678/indicacao_12_2021_alargamento_linha_40.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/678/indicacao_12_2021_alargamento_linha_40.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS O ALARGAMENTO DA ESTRADA LINHA 40.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_13_2021_banheiro_publico.odt</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_13_2021_banheiro_publico.odt</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A CONSTRUÇÃO DE UM BANHEIRO PÚBLICO.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_14_2021_placas_indicativas_dnit_e_daer.odt</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_14_2021_placas_indicativas_dnit_e_daer.odt</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO PARA QUE PROCEDA JUNTO AO DAER/DNIT NA INSTALAÇÃO DE PLACAS INDICATIVAS AO MUNCÍPIO DE PINTO BANDEIRA/RS.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_15_2021_manutencao_lampadas_vias_centrais_pdt.odt</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_15_2021_manutencao_lampadas_vias_centrais_pdt.odt</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A TROCA DE LÂMPADAS NO ENTORNO DA PRAÇA CENTRAL.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/682/indicacao_16_2021_fiscalizacao_covid_pdt.odt</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/682/indicacao_16_2021_fiscalizacao_covid_pdt.odt</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO FISCALIZAÇÃO NA PRAÇA CENTRAL DO MUNICÍPIO EM FACE AO COMBATE DO COVID-19.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/683/indicacao_17_2021_alargamento_estrada_da_sobra.odt</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/683/indicacao_17_2021_alargamento_estrada_da_sobra.odt</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS O ALARGAMENTO DA ESTRADA DA SOBRA.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/684/indicacao_18_2021_lixeira_estrada_linha_brasil.odt</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/684/indicacao_18_2021_lixeira_estrada_linha_brasil.odt</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE SAÚDE E MEIO AMBIENTE A INSTALAÇÃO DE LIXEIRAS NA ESTRADA DA LINHA BRASIL</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/685/indicacao_19_2021_manutencao_lampadas_rua_severino_ferrari_pdt.odt</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/685/indicacao_19_2021_manutencao_lampadas_rua_severino_ferrari_pdt.odt</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A TROCA DE LÂMPADAS, BEM COMO SOLICITE A INSTALAÇÃO DE REDE ELÉTRICA COM POSTES DE LUZ NA RUA SEVERINO FERRARI E JUNTO A ESTRADA LINHA BRASIL.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/686/indicacao_20_2021_criacao_projeto_castracao_animal_pdt.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/686/indicacao_20_2021_criacao_projeto_castracao_animal_pdt.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS A INSTITUIÇÃO DE POLÍTICA MUNICIPAL DO CONTROLE POPULACIONAL DE CÃES E GATOS.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/687/indicacao_21_2021_banheiro_publico_pdt.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/687/indicacao_21_2021_banheiro_publico_pdt.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A CONSTRUÇÃO BANHEIROS PÚBLICOS EM LOCAIS ACESSÍVEIS.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_22_2021_campanha_doacao_de_sangue_pdt.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_22_2021_campanha_doacao_de_sangue_pdt.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A REALIZAÇÃO DE CAMPANHAS DE DOAÇÃO DE SANGUE E FORNECIMENTO DE TRANSPORTE GRATUITO AOS DOADORES.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/690/indicacao_24_2021__patrolamento_lot_pompeia_isidoro_bigolin_e_lampadas.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/690/indicacao_24_2021__patrolamento_lot_pompeia_isidoro_bigolin_e_lampadas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E TRÂNSITO A MANUTENÇÃO DE RUAS, ALARGAMENTO DE ESTRADA, BEM COMO A TROCA DE LÂMPADAS.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/691/indicacao_25_2021__campanha_fogos_de_aritifico.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/691/indicacao_25_2021__campanha_fogos_de_aritifico.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO O DESENVOLVIMENTO DE UMA CAMPANHA DE CONSCIENTIZAÇÃO PARA A NÃO UTILIZAÇÃO DE FOGOS DE ARTIFÍCIO.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_26_2021_remocao_quebra_molas_busa_1.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_26_2021_remocao_quebra_molas_busa_1.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E TRÂNSITO PROCEDA A REMOÇÃO DO “QUEBRA-MOLAS” INSTALADO NA ESTRADA DA BUSA.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/693/indicacao_27_2021_instalacao_galerias_estrada_dos_pessegueiros.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/693/indicacao_27_2021_instalacao_galerias_estrada_dos_pessegueiros.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO POR MEIO DA SECRETARIA DE OBRAS E TRÂNSITO A INSTALAÇÃO DE GALERIAS PARA PASSAGEM DE ÁGUA NA ESTRADA DOS PESSEGUEIROS.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/694/indicacao_28_2021_remocao_quebra_molas_estrada_da_fruta.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/694/indicacao_28_2021_remocao_quebra_molas_estrada_da_fruta.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E TRÂNSITO PROCEDA A REMOÇÃO DO “QUEBRA-MOLAS” INSTALADO NA ESTRADA DA FRUTA.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/</t>
   </si>
   <si>
     <t>“ SOLICITA AO PODER EXECUTIVO , POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E TRÂNSITO PAVIMENTAÇÃO ASFÁLTICA NA ESTRADA ISIDORO BIGOLIN (DEL RECHIN)..”.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/697/indicacao_30_2021_pavimentacao_estrada_da_cave_pp.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/697/indicacao_30_2021_pavimentacao_estrada_da_cave_pp.pdf</t>
   </si>
   <si>
     <t>"SOLICITA AO PODER EXECUTIVO, POR MEIO DA SECRETARIA DE OBRAS E TRÂNSITO PAVIMENTAÇÃO NA ESTRADA  DA CAVE."</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/698/indicacao_31_2021_pintura_quebra_molas_e_faixa_de_pedestres_pdt.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/698/indicacao_31_2021_pintura_quebra_molas_e_faixa_de_pedestres_pdt.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E TRÂNSITO A PINTURA DE LOMBADA E FAIXA NAS PROXIMIDADES DA ESCOLA ESTADUAL DE ENSINO MÉDIO PROFESSOR JOSÉ PANSERA.”.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/699/indicacao_32_2021_central_informacoes_turisticas_pdt.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/699/indicacao_32_2021_central_informacoes_turisticas_pdt.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS AO PODER EXECUTIVO_x000D_
 MUNICIPAL PARA A CRIAÇÃO DE UM_x000D_
 CENTRO DE INFORMAÇÕES TURÍSTICAS.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/700/indicacao_33_2021_ocupacao_imoveis_pdt.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/700/indicacao_33_2021_ocupacao_imoveis_pdt.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS AO PODER EXECUTIVO_x000D_
 MUNICIPAL PARA IMPLANTAÇÃO DE_x000D_
 PROJETO COM OFICINAS NAS ANTIGAS_x000D_
 ESCOLAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/701/indicacao_34__criacao_do_museu_pdt.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/701/indicacao_34__criacao_do_museu_pdt.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO POR MEIO_x000D_
 DA SECRETARIA COMPETENTE A CRIAÇÃO_x000D_
 DE UM MUSEU MUNICIPAL.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/702/indicacao_35__troca_de_lampadas_estrada_da_cave_pdt.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/702/indicacao_35__troca_de_lampadas_estrada_da_cave_pdt.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A TROCA_x000D_
 DE LÂMPADAS NA ESTRADA DA CAVE.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_36_2021_pavimentacao_estrada_nacional_28.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_36_2021_pavimentacao_estrada_nacional_28.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR_x000D_
 MEIO DA SECRETARIA MUNICIPAL DE_x000D_
 OBRAS E TRÂNSITO PAVIMENTAÇÃO NA_x000D_
 ESTRADA DA CAVE.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_37__alargamento_estrada_rico_durante.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_37__alargamento_estrada_rico_durante.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL DE OBRAS E_x000D_
 TRÂNSITO O ALARGAMENTO DA TRAVESSA_x000D_
 RICO DURANTE.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/711/indicacao_38__alargamento_travessa_francisco_pelizzer_2.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/711/indicacao_38__alargamento_travessa_francisco_pelizzer_2.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL DE OBRAS E_x000D_
 TRÂNSITO O ALARGAMENTO DA TRAVESSA_x000D_
 FRANCISCO PELIZZER.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/712/indicacao_39__pavimentacao_linha_silva_pinto_norte.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/712/indicacao_39__pavimentacao_linha_silva_pinto_norte.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO, POR MEIO_x000D_
 DA SECRETARIA MUNICIPAL DE OBRAS E_x000D_
 TRÂNSITO O ALARGAMENTO E POSTERIOR_x000D_
 PAVIMENTAÇÃO ASFÁLTICA DA LINHA SILVA_x000D_
 PINTO NORTE.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/722/indicacao_40_2021_alargamento_estrada_linha_brasil.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/722/indicacao_40_2021_alargamento_estrada_linha_brasil.pdf</t>
   </si>
   <si>
     <t>“Solicita ao Poder Executivo, por meio da Secretaria Municipal de Obras e Trânsito o alargamento da Estrada Linha Brasil.”</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/723/indicacao_41_2021_alargamento_linha_clementina.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/723/indicacao_41_2021_alargamento_linha_clementina.pdf</t>
   </si>
   <si>
     <t>“Solicita ao Poder Executivo, por meio da Secretaria Municipal de Obras e Trânsito o alargamento da Estrada Padre Domingos Manara.”</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/724/indicacao_42_2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/724/indicacao_42_2021.pdf</t>
   </si>
   <si>
     <t>“Solicita ao Poder Executivo, por meio da Secretaria Municipal de Obras e Trânsito o alargamento da Estrada Padre João Domingos Marini.”</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/725/indicacao_43_2021_alargamento_estrada_rio_da_prata.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/725/indicacao_43_2021_alargamento_estrada_rio_da_prata.pdf</t>
   </si>
   <si>
     <t>“Solicita ao Poder Executivo, por meio da Secretaria Municipal de Obras e Trânsito o alargamento da Estrada Rio da Prata.”</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/730/indicacao_44_2021_abertura_rua_lucinda.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/730/indicacao_44_2021_abertura_rua_lucinda.pdf</t>
   </si>
   <si>
     <t>"Solicita ao Poder Executivo, por meio da Secretaria Municipal de Obras e Trânsito a abertura da rua Lucinda Antoniazzi Pavan."</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/731/indicacao_45_2021_recapeamento_rua_emancipacao.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/731/indicacao_45_2021_recapeamento_rua_emancipacao.pdf</t>
   </si>
   <si>
     <t>“Solicita ao Poder Executivo, por meio da Secretaria Municipal de Obras e Trânsito o recapeamento da rua Emancipação.”</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/737/indicacao_46_2021_politicos_do_amanha.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/737/indicacao_46_2021_politicos_do_amanha.pdf</t>
   </si>
   <si>
     <t>"Solicita ao Poder Executivo, por meio da Secretaria Municipal de Educação a implantação do projeto denominado "POLÍTICOS DO AMANHÃ"."</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_47_2021_estrada.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_47_2021_estrada.pdf</t>
   </si>
   <si>
     <t>"Solicita ao Poder Executivo que incorpore ao Patrimônio Público e transforme em via pública uma servidão de passagens já existente na Comunidade São Gabriel."</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/744/indicacao_48_2021_reforma_anunciata.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/744/indicacao_48_2021_reforma_anunciata.pdf</t>
   </si>
   <si>
     <t>“Solicita ao Poder Executivo, por meio da secretaria competente melhorias no Campo de Futebol Municipal e Salão Comunitário da Linha Anunciata.”</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/747/indicacao_49_2021_iluminacao_vrs_855.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/747/indicacao_49_2021_iluminacao_vrs_855.pdf</t>
   </si>
   <si>
     <t>Solicita ao poder executivo para que diligencie junto ao DAER para que ilumine o trecho rodoviário nas proximidades da ponte do Rio Buratti.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/749/indicacao_50_2021_devolucao_de_recursos.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/749/indicacao_50_2021_devolucao_de_recursos.pdf</t>
   </si>
   <si>
     <t>“Solicita ao poder executivo, por meio da secretaria municipal de saúde a aplicação de recursos provenientes da devolução desta casa de leis em prol da conclusão do posto de saúde.”</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/708/mocao_de_repudio.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/708/mocao_de_repudio.pdf</t>
   </si>
   <si>
     <t>“Moção de repúdio contra o modelo de pedágios concebido pelo governo do estado.”</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/740/mocao_-_apoio_a_pc.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/740/mocao_-_apoio_a_pc.pdf</t>
   </si>
   <si>
     <t>"Manifesta apoio à continuidade da formação dos novos Policiais Civis, a ampliação do número de convocados para a Acadepol e a inserção dos aprovados excedentes no cronograma do governo do estado do Rio Grande do Sul."</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>PLEXE</t>
   </si>
   <si>
     <t>Projeto de Lei (origem Executivo)</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/651/projeo_01-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/651/projeo_01-2021.pdf</t>
   </si>
   <si>
     <t>Concede desconto no pagamento de IPTU para o exercício 2021.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/652/projeto_02-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/652/projeto_02-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cobrança de Contribuição de Melhoria na execução da obra de pavimentação do prolongamento da Rua Duque de Caxias.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/653/projeto_03-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/653/projeto_03-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cobrança de Contribuição de Melhoria na execução da obra de pavimentação da Rua Alemano Antoniazzi.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/654/projeto_04-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/654/projeto_04-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse   público.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/655/projeto_05-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/655/projeto_05-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/656/projeto_06-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/656/projeto_06-2021.pdf</t>
   </si>
   <si>
     <t>Dá nova redação a dispositivos das Leis Municipais n°458, de 28 de dezembro de 2020 e 335, de 08 de agosto de 2018.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/657/projeto_07-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/657/projeto_07-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar a prorrogação de Contrato Administrativo de Serviço Temporário de Excepcional Interesse Público de detentor da função de Professor, em razão de gravidez.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/658/projeto_08-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/658/projeto_08-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Firmar Termo de Cooperação com o Município de Farroupilha, para o Fim de Realizar Obras de Manutenção Estradas que ligam os Municípios e dá Outras Providências.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo_x000D_
 determinado para atender a necessidade_x000D_
 temporária de excepcional interesse_x000D_
 público.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/665/projeto_10-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/665/projeto_10-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Criar Conta e Abrir Crédito Suplementar no Orçamento do Município</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/660/projeto_11-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/660/projeto_11-2021.pdf</t>
   </si>
   <si>
     <t>Dá Nova Redação a Dispositivo da Lei_x000D_
 Municipal nO456, de 28 de dezembro de 2020.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/661/projeto_12-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/661/projeto_12-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a_x000D_
 Firmar Termo de Cooperação com o_x000D_
 Departamento Aufônomo de Estradas de_x000D_
 Rodagem - DAERlRS, para o Fim de_x000D_
 Realizar Melhorias e Conservação Na_x000D_
 Rodovia e Faixa de Domínio da VRS-855,_x000D_
 nos Trechos Localizados no Município de_x000D_
 Pinto Bandeira/RS.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Acompanhamento e de Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais de Educação- Fundeb de que trata a Lei Federal nº 14.113, de 25 de dezembro de 2020, e dá outras providências</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/667/projeto_14-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/667/projeto_14-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Firmar Termo de Cooperação com Cooperativa de Crédito Sicredi Serrana/RS</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/662/projeto_15-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/662/projeto_15-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a equisição de vacinas para o_x000D_
 enfrentamento da pandemia da COVID-19</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/689/projeto_17-_2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/689/projeto_17-_2021.pdf</t>
   </si>
   <si>
     <t>Dá Nova Redação a Dispositivo da Lei Municipal nO474, de 26 de março de 2021, cria o conselho Municipal de Acompanhamento e de Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - Fundeb</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/695/projeto_18-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/695/projeto_18-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre O Plano Plurianual - PPA Para_x000D_
 o Quadriênio 2022-2025 e dá Outras_x000D_
 Providências.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/703/projeto_19-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/703/projeto_19-2021.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal da Cidade e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/704/projeto_20-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/704/projeto_20-2021.pdf</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/705/projeto_21-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/705/projeto_21-2021.pdf</t>
   </si>
   <si>
     <t>Dá nova redação a dispositivo da Lei Municipal nO_x000D_
 200, de 30 de janeiro de 2017.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/706/projeto_22-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/706/projeto_22-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Municipal de Saúde_x000D_
 _ CMS do Município de Pinto Bandeira e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/707/projeto_23-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/707/projeto_23-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a firmar Convênio com o_x000D_
 Tribunal Regional Eleitoral do Rio Grande do_x000D_
 Sul.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/713/projeto_24-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/713/projeto_24-2021.pdf</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/714/projeto_25-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/714/projeto_25-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes Orçamentários para o Exercício Financeira de 2022."</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/715/projeto_26-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/715/projeto_26-2021.pdf</t>
   </si>
   <si>
     <t>" Cria o Programa Municipal de Incentivo a Instalação e Ampliação de Empreendimento Turísticos no Município de Pinto Bandeira e dá outras providências."</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/716/projeto_27-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/716/projeto_27-2021.pdf</t>
   </si>
   <si>
     <t>" Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público."</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/717/projeto_28-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/717/projeto_28-2021.pdf</t>
   </si>
   <si>
     <t>“Autoriza o recebimento de bem imóvel pelo Município, a título de doação, autoriza a alteração de traçado de Estrada Municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/718/projeto_29-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/718/projeto_29-2021.pdf</t>
   </si>
   <si>
     <t>"Altera o Anexo I da Lei Municipal n° 175, de 04 de janeiro de 2016, que trata o Código de Edificações do Município de Pinto Bandeira."</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/719/projeto_30-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/719/projeto_30-2021.pdf</t>
   </si>
   <si>
     <t>“Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público."</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/720/projeto_31-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/720/projeto_31-2021.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a Criar Conta e Abrir Crédito Suplementar no Orçamento do Município.”</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/721/projeto_32-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/721/projeto_32-2021.pdf</t>
   </si>
   <si>
     <t>“Dá Nova Redação a Dispositivo da Lei Municipal n° 479, de 07 de junho de 2021, que trata do Conselho Municipal da Cidade.”</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/726/projeto_33-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/726/projeto_33-2021.pdf</t>
   </si>
   <si>
     <t>“Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público.”</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>“Dispõe Sobre Alterações no Contrato de Consórcio Público do CISGA, Cria Gratificação e dá Outras Providências.”</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/728/projeto_35-2021-1-3.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/728/projeto_35-2021-1-3.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a cobrança de Contribuição de Melhoria na execução da obra de pavimentação da Rua Duque de Caxias.”</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/729/projeto_36-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/729/projeto_36-2021.pdf</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/732/projeto_37-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/732/projeto_37-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a Criar Conta e Abrir Crédito Especial no Orçamento do Município."</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/733/projeto_38-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/733/projeto_38-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a Criar Conta e Abrir Crédito Suplementar no Orçamento do Município."</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/734/projeto_39-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/734/projeto_39-2021.pdf</t>
   </si>
   <si>
     <t>"Institui o Sistema Municipal de Ensino do Município de Pinto Bandeira."</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/735/projeto_40-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/735/projeto_40-2021.pdf</t>
   </si>
   <si>
     <t>"Dá nova redação a dispositivos da Lei Municipal n° 118, de 21 de agosto de 2014."</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/736/projeto_41-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/736/projeto_41-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público."</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/738/projeto_42-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/738/projeto_42-2021.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa a Despesa do Município de Pinto Bandeira para o Exercício Financeiro de 2022."</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/741/projeto_43-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/741/projeto_43-2021.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a cobrança de Contribuição de Melhoria na execução da obra de pavimentação das Ruas Sete de Setembro, Giuseppe Tarzo, José Rubbo e Estrada do Rio 20.”</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/742/projeto_44-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/742/projeto_44-2021.pdf</t>
   </si>
   <si>
     <t>“Aprova o calendário de eventos para o ano de 2022 do Município e dá outras providências.”</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/743/projeto_45-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/743/projeto_45-2021.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a firmar Aditivo ao Termo de Cooperação n° 02/2019 firmado com o Município de Farroupilha/RS, a fim de viabilizar atendimento médico, ambulatorial e hospitalar na Especialidade de Traumatologia e Ortopedia - Alta Complexidade, aos usuários do Sistema Único de Saúde - SUS, residentes no Município de Pinto Bandeira, por meio de recursos próprios.”</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/745/projeto_46-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/745/projeto_46-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a remissão de juros e correção monetária para fins de ajuste referente aos programas estaduais da saúde de 2014 a 2018 executados pelo Município e não empenhados pelo Estado do Rio Grande do Sul nos respectivos exercícios financeiros, com vistas a viabilizar a celebração de Termo de Consolidação de Dívida para pronto pagamento."</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/746/projeto_47-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/746/projeto_47-2021.pdf</t>
   </si>
   <si>
     <t>"Reestrutura o Conselho Municipal de Educação do Sistema de Ensino de Pinto Bandeira/RS e dá outras providências."</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/748/projeto_48-2021.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/748/projeto_48-2021.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Município a firmar Convênio com o Município de Bento Gonçalves/RS.”</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/750/pe_luiz_mascarello.odt</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/750/pe_luiz_mascarello.odt</t>
   </si>
   <si>
     <t>"Requer a outorga de título de cidadão de Pinto Bandeira a Luiz Antonio Mascarello."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1483,68 +1483,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/663/indicacao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/664/indicacao_02_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/669/indicacao_03-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/670/indicacao_04-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/671/indicacao_05-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/672/indicacao_06-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/673/indicacao_07-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/674/indicacao_08-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/675/indicacao_09-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_10-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/677/indicacao_11_2021_placas_indicativas.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/678/indicacao_12_2021_alargamento_linha_40.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_13_2021_banheiro_publico.odt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_14_2021_placas_indicativas_dnit_e_daer.odt" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_15_2021_manutencao_lampadas_vias_centrais_pdt.odt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/682/indicacao_16_2021_fiscalizacao_covid_pdt.odt" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/683/indicacao_17_2021_alargamento_estrada_da_sobra.odt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/684/indicacao_18_2021_lixeira_estrada_linha_brasil.odt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/685/indicacao_19_2021_manutencao_lampadas_rua_severino_ferrari_pdt.odt" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/686/indicacao_20_2021_criacao_projeto_castracao_animal_pdt.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/687/indicacao_21_2021_banheiro_publico_pdt.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_22_2021_campanha_doacao_de_sangue_pdt.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/690/indicacao_24_2021__patrolamento_lot_pompeia_isidoro_bigolin_e_lampadas.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/691/indicacao_25_2021__campanha_fogos_de_aritifico.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_26_2021_remocao_quebra_molas_busa_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/693/indicacao_27_2021_instalacao_galerias_estrada_dos_pessegueiros.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/694/indicacao_28_2021_remocao_quebra_molas_estrada_da_fruta.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/697/indicacao_30_2021_pavimentacao_estrada_da_cave_pp.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/698/indicacao_31_2021_pintura_quebra_molas_e_faixa_de_pedestres_pdt.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/699/indicacao_32_2021_central_informacoes_turisticas_pdt.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/700/indicacao_33_2021_ocupacao_imoveis_pdt.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/701/indicacao_34__criacao_do_museu_pdt.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/702/indicacao_35__troca_de_lampadas_estrada_da_cave_pdt.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_36_2021_pavimentacao_estrada_nacional_28.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_37__alargamento_estrada_rico_durante.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/711/indicacao_38__alargamento_travessa_francisco_pelizzer_2.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/712/indicacao_39__pavimentacao_linha_silva_pinto_norte.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/722/indicacao_40_2021_alargamento_estrada_linha_brasil.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/723/indicacao_41_2021_alargamento_linha_clementina.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/724/indicacao_42_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/725/indicacao_43_2021_alargamento_estrada_rio_da_prata.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/730/indicacao_44_2021_abertura_rua_lucinda.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/731/indicacao_45_2021_recapeamento_rua_emancipacao.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/737/indicacao_46_2021_politicos_do_amanha.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_47_2021_estrada.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/744/indicacao_48_2021_reforma_anunciata.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/747/indicacao_49_2021_iluminacao_vrs_855.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/749/indicacao_50_2021_devolucao_de_recursos.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/708/mocao_de_repudio.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/740/mocao_-_apoio_a_pc.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/651/projeo_01-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/652/projeto_02-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/653/projeto_03-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/654/projeto_04-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/655/projeto_05-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/656/projeto_06-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/657/projeto_07-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/658/projeto_08-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/665/projeto_10-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/660/projeto_11-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/661/projeto_12-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/667/projeto_14-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/662/projeto_15-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/689/projeto_17-_2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/695/projeto_18-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/703/projeto_19-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/704/projeto_20-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/705/projeto_21-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/706/projeto_22-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/707/projeto_23-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/713/projeto_24-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/714/projeto_25-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/715/projeto_26-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/716/projeto_27-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/717/projeto_28-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/718/projeto_29-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/719/projeto_30-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/720/projeto_31-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/721/projeto_32-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/726/projeto_33-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/728/projeto_35-2021-1-3.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/729/projeto_36-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/732/projeto_37-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/733/projeto_38-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/734/projeto_39-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/735/projeto_40-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/736/projeto_41-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/738/projeto_42-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/741/projeto_43-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/742/projeto_44-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/743/projeto_45-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/745/projeto_46-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/746/projeto_47-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/748/projeto_48-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/750/pe_luiz_mascarello.odt" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/663/indicacao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/664/indicacao_02_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/669/indicacao_03-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/670/indicacao_04-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/671/indicacao_05-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/672/indicacao_06-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/673/indicacao_07-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/674/indicacao_08-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/675/indicacao_09-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_10-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/677/indicacao_11_2021_placas_indicativas.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/678/indicacao_12_2021_alargamento_linha_40.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_13_2021_banheiro_publico.odt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_14_2021_placas_indicativas_dnit_e_daer.odt" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_15_2021_manutencao_lampadas_vias_centrais_pdt.odt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/682/indicacao_16_2021_fiscalizacao_covid_pdt.odt" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/683/indicacao_17_2021_alargamento_estrada_da_sobra.odt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/684/indicacao_18_2021_lixeira_estrada_linha_brasil.odt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/685/indicacao_19_2021_manutencao_lampadas_rua_severino_ferrari_pdt.odt" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/686/indicacao_20_2021_criacao_projeto_castracao_animal_pdt.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/687/indicacao_21_2021_banheiro_publico_pdt.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_22_2021_campanha_doacao_de_sangue_pdt.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/690/indicacao_24_2021__patrolamento_lot_pompeia_isidoro_bigolin_e_lampadas.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/691/indicacao_25_2021__campanha_fogos_de_aritifico.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_26_2021_remocao_quebra_molas_busa_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/693/indicacao_27_2021_instalacao_galerias_estrada_dos_pessegueiros.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/694/indicacao_28_2021_remocao_quebra_molas_estrada_da_fruta.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/697/indicacao_30_2021_pavimentacao_estrada_da_cave_pp.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/698/indicacao_31_2021_pintura_quebra_molas_e_faixa_de_pedestres_pdt.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/699/indicacao_32_2021_central_informacoes_turisticas_pdt.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/700/indicacao_33_2021_ocupacao_imoveis_pdt.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/701/indicacao_34__criacao_do_museu_pdt.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/702/indicacao_35__troca_de_lampadas_estrada_da_cave_pdt.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_36_2021_pavimentacao_estrada_nacional_28.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_37__alargamento_estrada_rico_durante.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/711/indicacao_38__alargamento_travessa_francisco_pelizzer_2.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/712/indicacao_39__pavimentacao_linha_silva_pinto_norte.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/722/indicacao_40_2021_alargamento_estrada_linha_brasil.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/723/indicacao_41_2021_alargamento_linha_clementina.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/724/indicacao_42_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/725/indicacao_43_2021_alargamento_estrada_rio_da_prata.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/730/indicacao_44_2021_abertura_rua_lucinda.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/731/indicacao_45_2021_recapeamento_rua_emancipacao.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/737/indicacao_46_2021_politicos_do_amanha.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_47_2021_estrada.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/744/indicacao_48_2021_reforma_anunciata.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/747/indicacao_49_2021_iluminacao_vrs_855.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/749/indicacao_50_2021_devolucao_de_recursos.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/708/mocao_de_repudio.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/740/mocao_-_apoio_a_pc.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/651/projeo_01-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/652/projeto_02-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/653/projeto_03-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/654/projeto_04-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/655/projeto_05-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/656/projeto_06-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/657/projeto_07-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/658/projeto_08-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/665/projeto_10-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/660/projeto_11-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/661/projeto_12-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/667/projeto_14-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/662/projeto_15-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/689/projeto_17-_2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/695/projeto_18-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/703/projeto_19-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/704/projeto_20-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/705/projeto_21-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/706/projeto_22-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/707/projeto_23-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/713/projeto_24-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/714/projeto_25-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/715/projeto_26-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/716/projeto_27-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/717/projeto_28-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/718/projeto_29-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/719/projeto_30-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/720/projeto_31-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/721/projeto_32-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/726/projeto_33-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/728/projeto_35-2021-1-3.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/729/projeto_36-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/732/projeto_37-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/733/projeto_38-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/734/projeto_39-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/735/projeto_40-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/736/projeto_41-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/738/projeto_42-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/741/projeto_43-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/742/projeto_44-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/743/projeto_45-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/745/projeto_46-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/746/projeto_47-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/748/projeto_48-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/sapl/public/materialegislativa/2021/750/pe_luiz_mascarello.odt" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="148" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="147.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>