--- v0 (2025-10-23)
+++ v1 (2026-03-14)
@@ -51,1094 +51,1094 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ESS</t>
   </si>
   <si>
     <t>Emenda, Subemenda e Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º E DO ART. 5], DO PROJETO DE LEI MUNICIPAL 36/2013, DE 07 DE MARÇO DE 2013.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 6º, INCISO 2º, DO PROJETO DE LEI MUNICIPAL Nº 038/2013, DE 07 DE MARÇO DE 2013</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/144/144_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 7º DO PROJETO DE LEI 80/2013</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 12, DO PROJETO DE LEI 73/2013.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 21, DO PROJETO DE LEI 073/2013</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Vereador Valdir Antonio Coghetto</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/2/2_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/2/2_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL PARA QUE FAÇA MELHORIAS JUNTO AO ACESSO DA LINHA SILVA PINTO SUL - 40, NA VRS 855.</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/3/3_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/3/3_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL PARA QUE FAÇA A TROCA DE LÂMPADA NA RUA DUQUE DE CAXIAS, 88, EM FRENTE A ACADEMIA SPAZZIO SALUTE.</t>
   </si>
   <si>
     <t>Vereadora Teresinha Massocco Paese</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/4/4_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/4/4_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL PARA QUE SEJA IMPLANTADA NO MUNICÍPIO, UMA UNIDADE DO CENTRO DE EDUCAÇÃO INFANTIL DENOMINADO CRECHE.</t>
   </si>
   <si>
     <t>Vereador Adair Rizzardo</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/5/5_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/5/5_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL PARA QUE ANALISE A POSSIBILIDADE DE IMPLANTAR UM REDUTOR DE VELOCIDADE NA RUA SETE DE SETEMBRO.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Vereador Ivo De Toni</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/6/6_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/6/6_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL PARA QUE TOME AS DEVIDAS PROVIDÊNCIAS PARA AQUISIÇÃO DO BTI.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/7/7_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL PARA  QUE SEJA IMPLANTADA A REDE DE ESGOTO NA RUA SABINO ITÁLIA ANTONIAZI,CENTRO.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Partido do Movimento Democrático Brasileiro</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/8/8_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL PARA QUE INSTALE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/9/9_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL PARA QUE PROCEDA A REFORMA DA PARADA DE ÔNIBUS NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/10/10_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL PARA QUE COMPLETE O CALÇAMENTO NA RUA SETE DE SETEMBRO, PRÓXIMO AO CEMITÉRIO.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/11/11_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL PARA QUE FAÇA A PAVIMENTAÇÃO ASFÁLTICA NO LOTEAMENTO POMPÉIA.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Vereador Adilso Antonio Salini, Vereador Ivo De Toni, Vereador Valdir Antonio Coghetto</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/12/12_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, A REABERTURA DA ESCOLINHA DE FUTEBOL.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/13/13_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, O RECOLHIMENTO DAS EMBALAGENS DE AGROTÓXICO.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/14/14_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, A LIMPEZA DO CAMINHO DAS ROSAS.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/15/15_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/16/16_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, AUXÍLIO PARA IMPLANTAÇÃO DE MARCO SIMBÓLICO.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/17/17_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL PARA QUE ANALISE A POSSIBILIDADE DE IMPLANTAR UM REDUTOR DE VELOCIDADE NA RUA PADRE DAMASIO TRANI.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/18/18_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL PARA QUE INSTALE ILUMINAÇÃO PÚBLICA PRÓXIMO A IGREJA SÃO GABRIEL.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/19/19_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL PARA QUE FAÇA O ALARGAMENTO DA ESTRADA NO ACESSO DA CAPELA SÃO GABRIEL.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Vereador Arduino Capellari, Vereador Jorge Gustavo Tondo</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/20/20_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL VERIFICAR A VIABILIDADE DA CONSTRUÇÃO DE UMA PISTA DE SKATE NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Vereador Jorge Gustavo Tondo, Vereador Arduino Capellari</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/21/21_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO, VERIFICAR A VIABILIDADE DE ABERTURA DE UMA VIA DE LIGAÇÃO NA RUA LUCINDA ANTONIAZZI PAVAN.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Partido Trabalhista Brasileiro</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/22/22_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAR AO PODER EXECUTIVO MUNICIPAL, VERIFICAR A CONCLUSÃO DE PAVIMENTAÇÃO E REDE DE ESGOTO._x000D_
 </t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Vereador Adair Rizzardo, Vereador Adilso Antonio Salini, Vereador Arduino Capellari, Vereadora Teresinha Massocco Paese, Vereador Ivo De Toni, Vereador Jorge Gustavo Tondo, Vereador Salvador Longo, Vereador Valdir Antonio Coghetto, Vereador Valmor Paulo Giacomoni</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/23/23_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAR AO PODER EXECUTIVO ESTUDO E PAVIMENTAÇÃO DA RUA ALEMANO ANTONIAZZI. _x000D_
 </t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/24/24_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER LEGISLATIVO MUNICIPAL QUE SEJA ENCAMINHADO OFÍCIO PARA RGE.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/25/25_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO PATROLAMENTO E CASCALHAMENTO NA LINHA JACINTO NORTE.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/26/26_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL O DESLOCAMENTO DE POSTE DE ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/27/27_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA DE OBRAS, PARA QUE FAÇA PATROLAMENTO E ABERTURA DE VALETAS NA ESTRADA DA LINHA 40, CAPELA SÃO GABRIEL.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/28/28_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, LIMPEZA NO ACOSTAMENTO E ABERTURA DE VALAS NA EXTENSÃO DO ACESSO DA LINHA 28 À LINHA 32.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Vereador Adair Rizzardo, Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/35/35_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFERE O TÍTULO DE CIDADÃO DE PINTO BANDEIRA AO PADRE DARCI BORTOLINI.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Vereadora Teresinha Massocco Paese, Vereador Adair Rizzardo, Vereador Adilso Antonio Salini, Vereador Arduino Capellari, Vereador Ivo De Toni, Vereador Jorge Gustavo Tondo, Vereador Salvador Longo, Vereador Valdir Antonio Coghetto, Vereador Valmor Paulo Giacomoni</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/34/34_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE PORTARIA DE LOUVOR E AGRADECIMENTO AO SENHOR SEVERINO JOÃO PAVAN.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/39/39_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DOS VEREADORES MUNICIPAIS PARA O QUADRIÊNIO DE 2013 A 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/40/40_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DO PREFEITO E DO VICE-PREFEITO MUNICIPAL PARA O MANDATO QUADRIENAL DE 2013 A 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/41/41_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DOS SECRETÁRIOS MUNICIPAIS PARA O QUADRIÊNIO DE 2013 A 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/42/42_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS DE PROVIMENTO EM COMISSÃO PARA A CÂMARA MUNICIPAL DE VEREADORES DO MUNICÍPIO DE PINTO BANDEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/38/38_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À LETRA "C" DA LEI MUNICIPAL 22/2013, DE 04 DE JANEIRO DE 2013.</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/37/37_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À LETRA "A" DA LEI MUNICIPAL 22/2013, DE 04 DE JANEIRO DE 2013.</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/36/36_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À LETRA "B" DA LEI MUNICIPAL 22/2013, DE 04 DE JANEIRO DE 2013.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE PROVIMENTO EM COMISSÃO PARA A CÂMARA MUNICIPAL DE VEREADORES DO MUNICÍPIO DE PINTO BANDEIRA</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>PLEXE</t>
   </si>
   <si>
     <t>Projeto de Lei (origem Executivo)</t>
   </si>
   <si>
     <t>João Feliciano Menezes Pizzio</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A REEMBOLSAR OS PROPRIETÁRIOS DE VEÍCULOS DE PINTO BANDEIRA REFERENTE AOS GASTOS PROVENIENTES DA TRANSFERÊNCIA DE EMPLACAMENTO.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>CRIA O CONSELHO E O FUNDO MUNICIPAL DE SEGURANÇA PÚBLICA NO MUNICÍPIO DE PINTO BANDEIRA.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>ALTERA O ART. 3º, INC. V; A SEÇÃO V; O ART. 8º E SEU INC. II DA LEI 02/2013.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 07/2013 REAJUSTANDO O SALÁRIO DE MÉDICO, DE CONTADOR, E CRIA VAGAS.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA DE SOBREAVISO NO SERVIÇO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>ESTENDE AOS SERVIDORES PÚBLICOS MUNICIPAIS O BENEFÍCIO DO VALE TRANSPORTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/112/112_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 08/2013 PARA ACRESCENTAR O ARTIGO 6º E FAZ PREVISÃO DE RESSARCIMENTO DE CUSTOS COM DESLOCAMENTOS.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/111/111_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 13/2013 PARA ACRESCENTAR O ARTIGO 3º QUE DEFINE A CONSTITUIÇÃO DO CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/110/110_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 24/2013  PARA INSERIR A VAGA DE UM REPRESENTANTE DO PODER EXECUTIVO NO CONSELHO MUNICIPAL DE SEGURANÇA PÚBLICA.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/109/109_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 06/2013 PARA CRIAR AS VAGAS DE CARGO EM COMISSÃO DE ASSESSOR DE IMPRENSA E DE COORDENADOR DE TRANSPORTES DA SECRETARIA DE SAÚDE.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/108/108_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIME DE ADIANTAMENTO DE NUMERÁRIO E INDENIZAÇÃO DE DESPESAS.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/107/107_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CONTAS DE DOTAÇÃO ORÇAMENTÁRIA.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/106/106_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 07/2013 PARA CRIAR O CARGO DE CORTADOR DE PEDRA E DE ASSISTENTE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/105/105_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE VALE ALIMENTAÇÃO AOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/104/104_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXÍLIO ALUGUEL PARA POLICIAIS CIVIS E MILITARES.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/103/103_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESTINAÇÃO E O RECEBIMENTO DE PATROCÍNIO PELO PODER PÚBLICO E EVENTOS REALIZADOS NO TERRITÓRIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/102/102_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE INCENTIVOS À AQUICULTURA NO MUNICÍPIO DE PINTO BANDEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/101/101_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t>INTRODUZ A DISPENSA DE RELATÓRIO DE IMPACTO FINANCEIRA PARA PEQUENAS DESPESAS NA LEI 05 DE 04 DE JANEIRO DE 2013.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/100/100_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>INTRODUZ VAGAS NO CONSELHO DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/99/99_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE INCENTIVOS À AGRICULTURA E AGROPECUÁRIA NO MUNICÍPIO DE PINTO BANDEIRA, ABRE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO DE 2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/98/98_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A PROCURADORIA GERAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/97/97_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A OBRIGATORIEDADE DE USO DE UNIFORME PADRONIZADO PELOS ALUNOS DA REDE DE ENSINO MUNICIPAL E AUTORIZA O PODER EXECUTIVO A INSTITUIR PROGRAMA COMPLEMENTAR DE MATERIAL DIDÁTICO.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/96/96_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE PINTO BANDEIRA PARA O QUADRIÊNIO 2014/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/95/95_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/94/94_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 36 DE 04 DE ABRIL DE 2013 PARA INCLUIR O FORNECIMENTO DE BRITAS.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/93/93_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O ALVARÁ DE LOCALIZAÇÃO PARA FUNCIONAMENTO PROVISÓRIO DE INSTALAÇÃO DE ATIVIDADES ECONÔMICAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/92/92_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/91/91_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE FISCAL TRIBUTÁRIO E AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/90/90_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A NOMENCLATURA DOS CARGOS DE ATENDENTE E CRIA VAGAS.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/89/89_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CEDER TEMPORARIAMENTE RECURSOS HUMANOS E MATERIAIS PARA O TRIBUNAL REGIONAL ELEITORAL - TRE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/88/88_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E COMPLEMENTA A LEI Nº 25/2013, ESTIPULANDO AS COMPETÊNCIAS DO ÓRGÃO DE TRÂNSITO MUNICIPAL E DANDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/87/87_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE FARMACÊUTICO E AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/86/86_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO EM COMISSÃO DE CHEFE DO SETOR DE LICITAÇÃO E COMPRAS.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/85/85_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO EM COMISSÃO DE CHEFE DO SETOR PRIMÁRIO.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/84/84_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO DE PINTO BANDEIRA PARA O EXERCÍCIO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/83/83_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO EM COMISSÃO DE ASSESSOR DE IMPRENSA.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/82/82_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI DE CONTRATAÇÃO EMERGENCIAL PARA CRIAR VAGAS DE MÉDICO E ALTERAR A CARGA HORÁRIA.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/81/81_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 12 DE 04 DE JANEIRO DE 2013.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/80/80_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ESTÁGIO DE ESTUDANTES, ESTABELECE VALORES DA BOLSA-AUXÍLIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/79/79_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 50 DE 17 DE JUNHO DE 2013 PARA ALTERAR O CÓDIGO DE DOTAÇÃO ORÇAMENTÁRIA.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/78/78_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 51 DE 17 DE JUNHO DE 2013 PARA ALTERAR O CÓDIGO DE DOTAÇÃO ORÇAMENTÁRIA.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/77/77_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI O CALENDÁRIO OFICIAL DE EVENTOS DA SEMANA FARROUPILHA, A SER REALIZADA NO MÊS DE SETEMBRO DE CADA ANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/76/76_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA SER O REGIME GERAL DE PREVIDÊNCIA SOCIAL - RGPS, GERIDO PELO INSTITUTO NACIONAL DO SEGURO SOCIAL - INSS, O REGIME DE PREVIDÊNCIA OFICIAL DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/75/75_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE PINTO BANDEIRA, PARA O EXERCÍCIO DE "2013" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/74/74_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVÊNIO COM O BANRISUL S/A, E INSTITUIÇÕES DE MICROCRÉDITO CREDENCIADAS NO ÂMBITO DO PROGRAMA GAÚCHO DE MICROCRÉDITO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/73/73_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE OPERÁRIO E AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/72/72_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE PROTEÇÃO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, O CONSELHO TUTELAR, O FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/71/71_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE FISCAL DE OBRAS E POSTURAS E AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO.</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/70/70_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO DE CONSTRUÇÕES NO MUNICÍPIO DE PINTO BANDEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/69/69_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO DE POSTURAS NO MUNICÍPIO DE PINTO BANDEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/68/68_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE PINTO BANDEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/67/67_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÕES DE CRÉDITO COM O BADESUL - AGÊNCIA DE FOMENTO-RS, COMO AGENTE DE SISTEMA BNDS PARA AQUISIÇÃO DE MÁQUINAS E EQUIPAMENTOS RODOVIÁRIOS.</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SETOR DE VIGILÂNCIA SANITÁRIA DA SECRETARIA DE SAÚDE E MEIO AMBIENTE NO MUNICÍPIO DE PINTO BANDEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/65/65_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER AUXÍLIO TRANSPORTE PARA TRABALHADORES SAFRISTAS ORIUNDOS DE OUTROS MUNICÍPIOS DURANTE OS PERÍODOS DA SAFRA.</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/64/64_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE PINTO BANDEIRA, PARA O EXERCÍCIO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/63/63_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PINTO BANDEIRA PARA O EXERCÍCIO DE 2014.</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/62/62_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE DESENVOLVIMENTO AGROPECUÁRIO, O FUNDO MUNICIPAL DE DESENVOLVIMENTO AGROPECUÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/61/61_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AJUDA PECUNIÁRIA DE MORADIA E ALIMENTAÇÃO AOS MÉDICOS PARTICIPANTES DO "PROJETO MAIS MÉDICOS PARA O BRASIL" QUE EXERCEREM ATIVIDADES NO MUNICÍPIO DE PINTO BANDEIRA, E DÁ OUTRAS POVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/60/60_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESAFETA O IMÓVEL CONSTANTE NA MATRÍCULA 34.435</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/59/59_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI TABELA DE ISS FIXO NO ANEXO I DA LEI 71 - CÓDIGO TRIBUTÁRIO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/58/58_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A NOTA FISCAL DE SERVIÇOS ELETRÔNICA E RECIBO PROVISÓRIO DE SERVIÇOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/57/57_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CONTRIBUIÇÃO PARA O CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA, CRIA O FUNDO MUNICIPAL DE ILUMINAÇÃO PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/56/56_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI NA TABELA DE TAXA DE LICENÇA DE LOCALIZAÇÃO DE ESTABELECIMENTO E DE ATIVIDADE AMBULANTE - ANEXO IV DA LEI 71 - CÓDIGO TRIBUTÁRIO MUNICIPAL - E DA TABELA DE TAXA DE FISCALIZAÇÃO E VISTORIA DE ESTABELECIMENTO - ANEXO IV, OS VALORES DIFERENCIADOS PARA ESTABELECIMENTOS BANCÁRIOS.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/55/55_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECEBE A TITULARIDADE DO SEGMENTO 0010 DA RODOVIA VRS 855 NO TRECHO DE ACESSO AO MUNICÍPIO DE PINTO BANDEIRA, COM INÍCIO NO KM 18 + 450 ATÉ O KM 18,82</t>
   </si>
   <si>
-    <t>https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/54/54_texto_integral.pdf</t>
+    <t>http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE PINTO BANDEIRA, PARA O EXERCÍCIO DE 2013.</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PAGAMENTO DE DIÁRIAS AOS VEREADORES DE PINTO BANDEIRA.</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DE DIÁRIAS AOS SERVIDORES DA CÂMARA MUNICIPAL DE PINTO BANDEIRA.</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO PLENÁRIO DA CÂMARA MUNICIPAL DE VEREADORES.</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DOS VENCIMENTOS DE ASSESSOR JURÍDICO.</t>
   </si>
   <si>
     <t>CRIA O ESPAÇO CULTURAL NA CÂMARA DE VEREADORES DE PINTO BANDEIRA.</t>
   </si>
@@ -1481,68 +1481,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/./sapl/public/materialegislativa/2013/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pintobandeira.rs.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H116"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="242.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>